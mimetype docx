--- v0 (2025-11-09)
+++ v1 (2026-02-22)
@@ -1,2769 +1,1882 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6E4C4C68" w14:textId="5A82E154" w:rsidR="00FF5E0C" w:rsidRPr="00F00E37" w:rsidRDefault="001A5932" w:rsidP="00004CDD">
+    <w:p w14:paraId="6E4C4C68" w14:textId="2D51585D" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:hanging="426"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A5932">
+      <w:r w:rsidRPr="00DC0F0C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve">Annex A: IT &amp; Cyber Incident Initial Report </w:t>
+        <w:t>IT &amp; Cyber Incident Initial Report</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00397BEC">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0F0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Template</w:t>
       </w:r>
+      <w:r w:rsidR="00397BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="00197C81">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6C675C90" w14:textId="77777777" w:rsidR="001A5932" w:rsidRPr="001A5932" w:rsidRDefault="001A5932" w:rsidP="00F00E37">
+    <w:p w14:paraId="001C24F3" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc165904335"/>
+    </w:p>
+    <w:p w14:paraId="52C238CC" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc165904335"/>
-[...3 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+      <w:r w:rsidRPr="00DC0F0C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Section 1: Contact Particulars and Incident Reference</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="0009BEA2" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="5507" w:type="pct"/>
-        <w:tblInd w:w="-431" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4535"/>
-        <w:gridCol w:w="5389"/>
+        <w:gridCol w:w="4184"/>
+        <w:gridCol w:w="4826"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w14:paraId="71175699" w14:textId="77777777" w:rsidTr="00286C78">
+      <w:tr w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w14:paraId="71175699" w14:textId="77777777" w:rsidTr="00AE4903">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10E30A85" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00491D64" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
+          <w:p w14:paraId="10E30A85" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00491D64">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Contact Particulars and Incident Reference</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005138A6" w:rsidRPr="00DC0F0C" w14:paraId="5A61B3CE" w14:textId="77777777" w:rsidTr="005B4E1E">
+      <w:tr w:rsidR="00807244" w:rsidRPr="00DC0F0C" w14:paraId="5A61B3CE" w14:textId="77777777" w:rsidTr="005F3471">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="pct"/>
+            <w:tcW w:w="2322" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2762219D" w14:textId="77777777" w:rsidR="005138A6" w:rsidRPr="00491D64" w:rsidRDefault="005138A6" w:rsidP="005138A6">
+          <w:p w14:paraId="2762219D" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00491D64">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Registered Name of Firm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="pct"/>
+            <w:tcW w:w="2678" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB05960" w14:textId="6BA4CC2F" w:rsidR="005138A6" w:rsidRPr="00A94356" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="7AB05960" w14:textId="30001F8F" w:rsidR="00807244" w:rsidRPr="00807244" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="338449660" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B41D02">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click </w:t>
+            </w:r>
+            <w:r w:rsidR="00E82FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B41D02">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...66 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>ere to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="338449660"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393517" w:rsidRPr="00DC0F0C" w14:paraId="3AF06C5D" w14:textId="77777777" w:rsidTr="00286C78">
+      <w:tr w:rsidR="00807244" w:rsidRPr="00DC0F0C" w14:paraId="3AF06C5D" w14:textId="77777777" w:rsidTr="005F3471">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="pct"/>
+            <w:tcW w:w="2322" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="713BD075" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00491D64" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="713BD075" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00491D64">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of Reporting Staff </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="pct"/>
+            <w:tcW w:w="2678" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EB9048E" w14:textId="7796B4D8" w:rsidR="00393517" w:rsidRPr="003476AD" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="1EB9048E" w14:textId="06C0D1EA" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="326113328" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B70B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...72 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Click here to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="326113328"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393517" w:rsidRPr="00DC0F0C" w14:paraId="27189F9D" w14:textId="77777777" w:rsidTr="00286C78">
+      <w:tr w:rsidR="00807244" w:rsidRPr="00DC0F0C" w14:paraId="27189F9D" w14:textId="77777777" w:rsidTr="005F3471">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="pct"/>
+            <w:tcW w:w="2322" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="347A0F24" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00491D64" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="347A0F24" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00491D64">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Designation/Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="pct"/>
+            <w:tcW w:w="2678" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49A3AC5F" w14:textId="360B90CC" w:rsidR="00393517" w:rsidRPr="003476AD" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="49A3AC5F" w14:textId="38696A59" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="2114804421" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B70B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Click</w:t>
+            </w:r>
+            <w:r w:rsidR="00397BEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B70B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...29 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>here to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="2114804421"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393517" w:rsidRPr="00DC0F0C" w14:paraId="6BEFDB65" w14:textId="77777777" w:rsidTr="00286C78">
+      <w:tr w:rsidR="00807244" w:rsidRPr="00DC0F0C" w14:paraId="6BEFDB65" w14:textId="77777777" w:rsidTr="005F3471">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="pct"/>
+            <w:tcW w:w="2322" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76B02179" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00491D64" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="76B02179" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00491D64">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Contact Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="pct"/>
+            <w:tcW w:w="2678" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E011E2F" w14:textId="541AAC80" w:rsidR="00393517" w:rsidRPr="003476AD" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="5E011E2F" w14:textId="278AE782" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="1283535132" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B70B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...54 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Click here to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="1283535132"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393517" w:rsidRPr="00DC0F0C" w14:paraId="54DBAE98" w14:textId="77777777" w:rsidTr="00286C78">
+      <w:tr w:rsidR="00807244" w:rsidRPr="00DC0F0C" w14:paraId="54DBAE98" w14:textId="77777777" w:rsidTr="005F3471">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="pct"/>
+            <w:tcW w:w="2322" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BC0A83A" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00491D64" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="6BC0A83A" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00491D64">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Contact Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="pct"/>
+            <w:tcW w:w="2678" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5902A0B2" w14:textId="4677BCA8" w:rsidR="00393517" w:rsidRPr="003476AD" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="5902A0B2" w14:textId="16E029F7" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="555559548" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B70B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...54 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Click here to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="555559548"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393517" w:rsidRPr="00DC0F0C" w14:paraId="3C2000DE" w14:textId="77777777" w:rsidTr="00286C78">
+      <w:tr w:rsidR="00807244" w:rsidRPr="00DC0F0C" w14:paraId="3C2000DE" w14:textId="77777777" w:rsidTr="005F3471">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="pct"/>
+            <w:tcW w:w="2322" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AC5E692" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00491D64" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="0AC5E692" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00491D64">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Incident Reference Number</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="652B3159" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00491D64" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="652B3159" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00491D64">
-[...5 lines deleted...]
-              <w:t>(Date of first report YYYYMMDD + 9-digit License Number e.g., 20240101000001001)</w:t>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date of first report YYYYMMDD </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">+ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9-digit License Number </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e.g., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>20240101</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>000001001</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="pct"/>
+            <w:tcW w:w="2678" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45111A05" w14:textId="17EDE680" w:rsidR="00393517" w:rsidRPr="003476AD" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="45111A05" w14:textId="49CEBCDE" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="1753940767" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B70B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Click here to add tex</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...38 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:permEnd w:id="1753940767"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32CE1054" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
-      <w:pPr>
+    <w:p w14:paraId="32CE1054" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00F541BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26552B87" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00286C78" w:rsidRDefault="00FF5E0C" w:rsidP="00286C78">
+    <w:p w14:paraId="26552B87" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00F541BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc165904336"/>
-      <w:r w:rsidRPr="00286C78">
+      <w:bookmarkStart w:id="1" w:name="_Toc165904336"/>
+      <w:r w:rsidRPr="00DC0F0C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Section 2: Incident Details</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="2C7398AF" w14:textId="243E91A0" w:rsidR="00FF5E0C" w:rsidRPr="00286C78" w:rsidRDefault="00FF5E0C" w:rsidP="00286C78">
-[...1 lines deleted...]
-        <w:ind w:left="-426" w:right="-478"/>
+    <w:p w14:paraId="2C7398AF" w14:textId="12586AFC" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00AD667A">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00286C78">
+      <w:r w:rsidRPr="00DC0F0C">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">The section below should be completed with the most up-to-date information available to the firm. Where applicable, </w:t>
-[...15 lines deleted...]
-        <w:t>he firm may provide additional information as attachments to support the descriptions.</w:t>
+        <w:t>The section below should be completed with the most up-to-date information available to the firm. Where applicable, the firm may provide additional information as attachments to support the descriptions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B545B7" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00004CDD" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
-      <w:pPr>
+    <w:p w14:paraId="69B545B7" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00F541BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
-          <w:sz w:val="12"/>
-          <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="5507" w:type="pct"/>
-        <w:tblInd w:w="-431" w:type="dxa"/>
+        <w:tblW w:w="4999" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4537"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="4050"/>
+        <w:gridCol w:w="4958"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w14:paraId="47089569" w14:textId="77777777" w:rsidTr="00FA362E">
+      <w:tr w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w14:paraId="47089569" w14:textId="77777777" w:rsidTr="00930A3C">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A407D02" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00CB016E" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
+          <w:p w14:paraId="6A407D02" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00F541BF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:contextualSpacing/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CB016E">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Incident Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393517" w:rsidRPr="00DC0F0C" w14:paraId="67B67A02" w14:textId="77777777" w:rsidTr="002C13D9">
+      <w:tr w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w14:paraId="67B67A02" w14:textId="77777777" w:rsidTr="00CF5649">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2286" w:type="pct"/>
+            <w:tcW w:w="2248" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F58B543" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="2F58B543" w14:textId="05F536E0" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00F541BF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00286C78">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Discovery date and time </w:t>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
-              <w:t>(w</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F541BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
               <w:t>hen did the firm become aware that an incident had taken place</w:t>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="792E9631" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="792E9631" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00F541BF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="pct"/>
+            <w:tcW w:w="2752" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B44C140" w14:textId="2570319E" w:rsidR="00393517" w:rsidRPr="001D1122" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="0B44C140" w14:textId="44441CCE" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00F541BF">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="10906597" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B70B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...54 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Click here to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="10906597"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393517" w:rsidRPr="00DC0F0C" w14:paraId="45881996" w14:textId="77777777" w:rsidTr="002C13D9">
+      <w:tr w:rsidR="00807244" w:rsidRPr="00DC0F0C" w14:paraId="7A4D5116" w14:textId="77777777" w:rsidTr="00CF5649">
         <w:trPr>
-          <w:trHeight w:val="96"/>
+          <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2286" w:type="pct"/>
+            <w:tcW w:w="2248" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E737CAF" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="28D0A273" w14:textId="77777777" w:rsidR="00807244" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00286C78">
-[...18 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Actual date and time at which the incident occurred (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F541BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+              <w:t>if known</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F833D3D" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="22F0AD57" w14:textId="0E67A569" w:rsidR="00807244" w:rsidRPr="00D95E37" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="pct"/>
+            <w:tcW w:w="2752" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38D103B5" w14:textId="273BECCA" w:rsidR="00393517" w:rsidRPr="001D1122" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="0636AB11" w14:textId="793748BA" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:color w:val="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="966658362" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00EB2006">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...54 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Click here to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="966658362"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393517" w:rsidRPr="00DC0F0C" w14:paraId="0F040BB5" w14:textId="77777777" w:rsidTr="00286C78">
+      <w:tr w:rsidR="00807244" w:rsidRPr="00DC0F0C" w14:paraId="45881996" w14:textId="77777777" w:rsidTr="00CF5649">
         <w:trPr>
-          <w:trHeight w:val="561"/>
+          <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2286" w:type="pct"/>
+            <w:tcW w:w="2248" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="114A5960" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="265270F3" w14:textId="59B77A32" w:rsidR="00807244" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00286C78">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Describe how the incident was discovered</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F541BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>e.g.,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>malware was detected by a security monitoring alert, staff noticed anomalous transactions customer complaint, ransom note, etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F833D3D" w14:textId="3A38DF01" w:rsidR="00807244" w:rsidRPr="000F4FC2" w:rsidRDefault="00807244" w:rsidP="00807244">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2752" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38D103B5" w14:textId="58EDFF74" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1415715693" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00EB2006">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Click here to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="1415715693"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00807244" w:rsidRPr="00DC0F0C" w14:paraId="0F040BB5" w14:textId="77777777" w:rsidTr="00CF5649">
+        <w:trPr>
+          <w:trHeight w:val="2122"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2248" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="114A5960" w14:textId="29EF50D8" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Describe the nature of the incident and the systems affected</w:t>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>more than one option can be applicable</w:t>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="6C536F18" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="6C536F18" w14:textId="459E420D" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="12"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00286C78">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Unscheduled system outage/disruption arising from internal lapses or unforeseen hardware/ software failures (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e.g., system misconfiguration, power outage, etc.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...11 lines deleted...]
-                <w:szCs w:val="12"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57D9E6E6" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="57D9E6E6" w14:textId="7360479C" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="12"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00286C78">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Cyber-attack by known/ unknown threat actor(s) (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e.g., ransomware with extortion demand, DDoS attack, etc.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provide any shareable intelligence on the cyber-attack </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and the threat actor(s) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e.g., attacker IP address, domain name, malware hash, indicators of compromise, etc.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...3 lines deleted...]
-                <w:szCs w:val="12"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D7BF712" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="004F2E1A" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="5D7BF712" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00286C78">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Data leak or compromise (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00286C78">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...19 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e.g., data exfiltration by threat actor(s), control lapse resulting in customer information made public, etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004F2E1A">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0707633F" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="77C24E7E" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00286C78">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Others.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="744A399F" w14:textId="2956803B" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="744A399F" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="720"/>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="pct"/>
+            <w:tcW w:w="2752" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E9180B8" w14:textId="7BAE18E6" w:rsidR="00393517" w:rsidRPr="001D1122" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="5E9180B8" w14:textId="4888720E" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="1626027617" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="0005398C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...55 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Click here to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="1626027617"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393517" w:rsidRPr="00DC0F0C" w14:paraId="043F3D56" w14:textId="77777777" w:rsidTr="002C13D9">
+      <w:tr w:rsidR="00807244" w:rsidRPr="00DC0F0C" w14:paraId="043F3D56" w14:textId="77777777" w:rsidTr="00CF5649">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2286" w:type="pct"/>
+            <w:tcW w:w="2248" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2941D1B5" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="004F2E1A" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="114879DE" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00286C78">
-[...18 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Describe the impact of the incident on the business operations and services to customers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F541BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              <w:t>)?</w:t>
+              </w:rPr>
+              <w:t>e.g., suspension to the firm’s business or any of its activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D16D402" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="5D16D402" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="360"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="pct"/>
+            <w:tcW w:w="2752" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD046F6" w14:textId="7EAD7BEE" w:rsidR="00393517" w:rsidRPr="001D1122" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="4FD046F6" w14:textId="358C6C70" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="487416158" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="0005398C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...54 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Click here to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="487416158"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393517" w:rsidRPr="00DC0F0C" w14:paraId="0D263EEE" w14:textId="77777777" w:rsidTr="002C13D9">
+      <w:tr w:rsidR="00CF5649" w:rsidRPr="00DC0F0C" w14:paraId="0D263EEE" w14:textId="77777777" w:rsidTr="00CF5649">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2286" w:type="pct"/>
+            <w:tcW w:w="2248" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0033BA4D" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="271E7E51" w14:textId="77777777" w:rsidR="00CF5649" w:rsidRPr="00DC0F0C" w:rsidRDefault="00CF5649" w:rsidP="00F541BF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00286C78">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Describe any impact on customers (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F541BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              <w:t>and the degree (severe, moderate, mild) of impact of the incident on the firm.</w:t>
+              </w:rPr>
+              <w:t>financial loss, data leakage, limited access etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>) and any actions taken to limit such impact.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0920CA49" w14:textId="16D9FDBC" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="0920CA49" w14:textId="2477E87B" w:rsidR="00CF5649" w:rsidRPr="00CF5649" w:rsidRDefault="00CF5649" w:rsidP="00CF5649">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="360"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="pct"/>
+            <w:tcW w:w="2752" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="49FD1548" w14:textId="0109BA8F" w:rsidR="00393517" w:rsidRPr="001D1122" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="49FD1548" w14:textId="620A264B" w:rsidR="00CF5649" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00F541BF">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="898311398" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B70B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...54 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Click here to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="898311398"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393517" w:rsidRPr="00DC0F0C" w14:paraId="30D11712" w14:textId="77777777" w:rsidTr="002C13D9">
+      <w:tr w:rsidR="00807244" w:rsidRPr="00DC0F0C" w14:paraId="30D11712" w14:textId="77777777" w:rsidTr="00CF5649">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2286" w:type="pct"/>
+            <w:tcW w:w="2248" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2D16E75D" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="57E0B5C7" w14:textId="6ED7B40A" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00286C78">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Describe the impact of the incident on the business operations and services to customers and whether there has been any suspension to the firm’s business or any of its activity. </w:t>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Describe the actions taken thus far to contain the incident operationally</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>e.g., workstation disconnected from internet, cyber incident response vendor engaged, customer communications, etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ACA7AF1" w14:textId="73D393CC" w:rsidR="00393517" w:rsidRPr="004F2E1A" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="7ACA7AF1" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="360"/>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="pct"/>
+            <w:tcW w:w="2752" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="44DB6C28" w14:textId="4CA04B4C" w:rsidR="00393517" w:rsidRPr="001D1122" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="44DB6C28" w14:textId="7DE6EE4D" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="935552248" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00E301E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...54 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Click here to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="935552248"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393517" w:rsidRPr="00DC0F0C" w14:paraId="2C36728B" w14:textId="77777777" w:rsidTr="002C13D9">
+      <w:tr w:rsidR="00807244" w:rsidRPr="00DC0F0C" w14:paraId="2C36728B" w14:textId="77777777" w:rsidTr="00CF5649">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2286" w:type="pct"/>
+            <w:tcW w:w="2248" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="137ECF5B" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="62AA70A7" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00286C78">
-[...5 lines deleted...]
-              <w:t>Describe any impact on customers (financial loss, data leakage, limited access etc.) and any actions taken to limit such impact.</w:t>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Describe any reporting (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F541BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>including date and time of report</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>) made to federal authorities, law enforcement agencies, local &amp; foreign regulators, etc. (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>e.g., FIU, Commissioner of Data Protection, Abu Dhabi Police, etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15CF9288" w14:textId="09049E01" w:rsidR="00393517" w:rsidRPr="004F2E1A" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="15CF9288" w14:textId="77777777" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="360"/>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="pct"/>
+            <w:tcW w:w="2752" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="573520C1" w14:textId="012BA55A" w:rsidR="00393517" w:rsidRPr="001D1122" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="573520C1" w14:textId="1F5101C0" w:rsidR="00807244" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00807244">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="74148807" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00E301E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...54 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Click here to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="74148807"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393517" w:rsidRPr="00DC0F0C" w14:paraId="0DD00CE5" w14:textId="77777777" w:rsidTr="002C13D9">
+      <w:tr w:rsidR="00CF5649" w:rsidRPr="00DC0F0C" w14:paraId="0DD00CE5" w14:textId="77777777" w:rsidTr="00CF5649">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2286" w:type="pct"/>
+            <w:tcW w:w="2248" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3FD4FD96" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="00286C78" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="3FB09CF2" w14:textId="01579DC0" w:rsidR="00CF5649" w:rsidRPr="00DC0F0C" w:rsidRDefault="00CF5649" w:rsidP="00F541BF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00286C78">
-[...18 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00DC0F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Describe any media / social media coverage of the incident</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                         (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F541BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>f observed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69113B15" w14:textId="77777777" w:rsidR="00393517" w:rsidRPr="004F2E1A" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="69113B15" w14:textId="77777777" w:rsidR="00CF5649" w:rsidRPr="00DC0F0C" w:rsidRDefault="00CF5649" w:rsidP="00F541BF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2714" w:type="pct"/>
+            <w:tcW w:w="2752" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="55147B6E" w14:textId="02842FFF" w:rsidR="00393517" w:rsidRPr="001D1122" w:rsidRDefault="00393517" w:rsidP="00393517">
+          <w:p w14:paraId="55147B6E" w14:textId="70F06486" w:rsidR="00CF5649" w:rsidRPr="00DC0F0C" w:rsidRDefault="00807244" w:rsidP="00F541BF">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="891365970" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B70B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...91 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...214 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Click here to add text</w:t>
+            </w:r>
+            <w:permEnd w:id="891365970"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="48F1A4CE" w14:textId="7C11C611" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
-      <w:pPr>
+    <w:p w14:paraId="48F1A4CE" w14:textId="7C11C611" w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidRDefault="00FF5E0C" w:rsidP="00F541BF">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidSect="004F2E1A">
+    <w:sectPr w:rsidR="00FF5E0C" w:rsidRPr="00DC0F0C" w:rsidSect="001A4F76">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16860"/>
-      <w:pgMar w:top="1928" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1644" w:right="1440" w:bottom="1871" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DCF3B23" w14:textId="77777777" w:rsidR="00D915DC" w:rsidRDefault="00D915DC" w:rsidP="004531A5">
+    <w:p w14:paraId="151FFFB4" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRDefault="00CF3EC2" w:rsidP="004531A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BDF6061" w14:textId="77777777" w:rsidR="00D915DC" w:rsidRDefault="00D915DC" w:rsidP="004531A5">
+    <w:p w14:paraId="51625641" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRDefault="00CF3EC2" w:rsidP="004531A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2775,616 +1888,719 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="6035C1C6" w14:textId="3275AC55" w:rsidR="004009B8" w:rsidRDefault="00BB60B0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1951099B" w14:textId="15AC64EB" w:rsidR="00C82404" w:rsidRDefault="00C82404">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6761078D" wp14:editId="3C9BB5D5">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11A84585" wp14:editId="6364C21F">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
+              <wp:extent cx="676910" cy="345440"/>
+              <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="501615061" name="Text Box 2" descr="Confidential">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="676910" cy="345440"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3DF2E009" w14:textId="29898C71" w:rsidR="00C82404" w:rsidRPr="00C82404" w:rsidRDefault="00C82404" w:rsidP="00C82404">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="0000FF"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C82404">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="0000FF"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Confidential</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="11A84585" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Confidential" style="position:absolute;margin-left:0;margin-top:0;width:53.3pt;height:27.2pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUF5WTCwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x0abYacYqsRYYB&#10;RVsgHXpWZCk2YIkCpcTOfv0oxU62bqdhF5kmKX6897S47U3LDgp9A7bk00nOmbISqsbuSv79Zf3h&#10;M2c+CFuJFqwq+VF5frt8/27RuUJdQQ1tpZBREeuLzpW8DsEVWeZlrYzwE3DKUlADGhHoF3dZhaKj&#10;6qbNrvJ8nnWAlUOQynvy3p+CfJnqa61keNLaq8DaktNsIZ2Yzm08s+VCFDsUrm7kMIb4hymMaCw1&#10;PZe6F0GwPTZ/lDKNRPCgw0SCyUDrRqq0A20zzd9ss6mFU2kXAse7M0z+/5WVj4eNe0YW+i/QE4ER&#10;kM75wpMz7tNrNPFLkzKKE4THM2yqD0ySc/5pfjOliKTQx9n1bJZgzS6XHfrwVYFh0Sg5EisJLHF4&#10;8IEaUuqYEntZWDdtm5hp7W8OSoye7DJhtEK/7Yext1AdaRuEE9HeyXVDPR+ED88CiVkak9QanujQ&#10;LXQlh8HirAb88Td/zCfAKcpZR0opuSUpc9Z+s0REFNVo4GhskzG9ya9zitu9uQPS35SegpPJJC+G&#10;djQ1gnklHa9iIwoJK6ldybejeRdOkqV3INVqlZJIP06EB7txMpaOOEUQX/pXgW5AOhBFjzDKSBRv&#10;AD/lxpverfaBYE9sRExPQA5Qk/YSScM7ieL+9T9lXV7z8icAAAD//wMAUEsDBBQABgAIAAAAIQD4&#10;EsWA2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Na8JAEIbvQv/DMoXedFO1oaTZSBF6shT8&#10;uHhbd8ckmp0N2YnGf9+1l3oZGN6XZ57JF4NrxAW7UHtS8DpJQCAZb2sqFey2X+N3EIE1Wd14QgU3&#10;DLAonka5zqy/0hovGy5FhFDItIKKuc2kDKZCp8PEt0gxO/rOaY5rV0rb6WuEu0ZOkySVTtcUL1S6&#10;xWWF5rzpnYK3NX/3P7Sd7Yfp7bRql2Z2XBmlXp6Hzw8QjAP/l+GuH9WhiE4H35MNolEQH+G/ec+S&#10;NAVxiOD5HGSRy0f54hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBUF5WTCwIAABUEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD4EsWA2gAAAAQB&#10;AAAPAAAAAAAAAAAAAAAAAGUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="3DF2E009" w14:textId="29898C71" w:rsidR="00C82404" w:rsidRPr="00C82404" w:rsidRDefault="00C82404" w:rsidP="00C82404">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="0000FF"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C82404">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="0000FF"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Confidential</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0E79F1B7" w14:textId="3A9C5E06" w:rsidR="002D2BB0" w:rsidRPr="0023420A" w:rsidRDefault="0021197C" w:rsidP="0023420A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:color w:val="0000FF"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0023420A">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D836E19" wp14:editId="590951DD">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-904875</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-266700</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7627557" cy="1460384"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1447112688" name="Picture 2" descr="A close up of a text&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1447112688" name="Picture 2" descr="A close up of a text&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7627557" cy="1460384"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="0023420A" w:rsidRPr="0023420A">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>V</w:t>
+    </w:r>
+    <w:r w:rsidR="00095FC5">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>ersion</w:t>
+    </w:r>
+    <w:r w:rsidR="0023420A" w:rsidRPr="0023420A">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="001209D4" w:rsidRPr="0023420A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:color w:val="0000FF"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                                                                                                                                                    </w:t>
+    </w:r>
+    <w:r w:rsidR="002D2BB0" w:rsidRPr="0023420A">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:color w:val="0000FF"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                  </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="22B65169" w14:textId="0AFC6538" w:rsidR="002D2BB0" w:rsidRDefault="002D2BB0">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:color w:val="0000FF"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="76CE9277" w14:textId="22317783" w:rsidR="002D2BB0" w:rsidRDefault="002D2BB0">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:color w:val="0000FF"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="3926A0A0" w14:textId="5EC29DC7" w:rsidR="00C82404" w:rsidRPr="002D2BB0" w:rsidRDefault="00564BAD" w:rsidP="002D2BB0">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:color w:val="0000FF"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47BEE3F4" wp14:editId="791302C9">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>3495675</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10353675</wp:posOffset>
+              </wp:positionV>
               <wp:extent cx="628015" cy="345440"/>
               <wp:effectExtent l="0" t="0" r="635" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1376449156" name="Text Box 2" descr="Confidential">
+              <wp:docPr id="1320590683" name="Text Box 3" descr="Confidential">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="628015" cy="345440"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0C2A75A3" w14:textId="53EFAAFB" w:rsidR="00BB60B0" w:rsidRPr="00BB60B0" w:rsidRDefault="00BB60B0" w:rsidP="00BB60B0">
+                        <w:p w14:paraId="6DB47307" w14:textId="77777777" w:rsidR="00564BAD" w:rsidRPr="00140CD6" w:rsidRDefault="00564BAD" w:rsidP="00564BAD">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:noProof/>
                               <w:color w:val="0000FF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00BB60B0">
+                          <w:r w:rsidRPr="00140CD6">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:noProof/>
                               <w:color w:val="0000FF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Confidential</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="6761078D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="47BEE3F4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Confidential" style="position:absolute;margin-left:0;margin-top:0;width:49.45pt;height:27.2pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOuYeZCwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkSdEacYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0o2U62bqdhF5kmKX6897S877QiJ+F8A6ak00lOiTAcqsYcSvr9dfPp&#10;lhIfmKmYAiNKehae3q8+fli2thAzqEFVwhEsYnzR2pLWIdgiyzyvhWZ+AlYYDEpwmgX8dYescqzF&#10;6lplszy/yVpwlXXAhffofeyDdJXqSyl4eJbSi0BUSXG2kE6Xzn08s9WSFQfHbN3wYQz2D1No1hhs&#10;ein1yAIjR9f8UUo33IEHGSYcdAZSNlykHXCbaf5um13NrEi7IDjeXmDy/68sfzrt7IsjofsCHRIY&#10;AWmtLzw64z6ddDp+cVKCcYTwfIFNdIFwdN7MbvPpghKOoc/zxXyeYM2ul63z4asATaJRUoesJLDY&#10;aesDNsTUMSX2MrBplErMKPObAxOjJ7tOGK3Q7bth7D1UZ9zGQU+0t3zTYM8t8+GFOWQWF0C1hmc8&#10;pIK2pDBYlNTgfvzNH/MRcIxS0qJSSmpQypSobwaJiKIaDTca+2RM7/JFjnFz1A+A+pviU7A8meh1&#10;QY2mdKDfUMfr2AhDzHBsV9L9aD6EXrL4DrhYr1MS6seysDU7y2PpiFME8bV7Y84OSAek6AlGGbHi&#10;HeB9brzp7foYEPbERsS0B3KAGrWXSBreSRT3r/8p6/qaVz8BAAD//wMAUEsDBBQABgAIAAAAIQBE&#10;yLpf2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLGUbaCtNJzSJ0xDS&#10;Ni7cvMRrC41TNenWvT2GC1wsWf+vz5+L1ehbdaI+NoEN3E8yUMQ2uIYrA+/7l7sFqJiQHbaBycCF&#10;IqzK66sCcxfOvKXTLlVKIBxzNFCn1OVaR1uTxzgJHbFkx9B7TLL2lXY9ngXuWz3NskftsWG5UGNH&#10;65rs127wBh626XV44/3sY5xePjfd2s6OG2vM7c34/AQq0Zj+yvCjL+pQitMhDOyiag3II+l3SrZc&#10;LEEdhDufgy4L/d+9/AYAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDOuYeZCwIAABUEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBEyLpf2gAAAAMB&#10;AAAPAAAAAAAAAAAAAAAAAGUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Confidential" style="position:absolute;margin-left:275.25pt;margin-top:815.25pt;width:49.45pt;height:27.2pt;z-index:251666432;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBo/jMCDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0hgUHURoWKtmCah&#10;thKd+mwcm0SKfdbZkLC/fmdDoOv2NO3Fudyd78f3fZ7f9aZlB4W+AVvy8SjnTFkJVWN3Jf/xsvp0&#10;y5kPwlaiBatKflSe3y0+fph3rlATqKGtFDIqYn3RuZLXIbgiy7yslRF+BE5ZCmpAIwL94i6rUHRU&#10;3bTZJM9vsg6wcghSeU/eh1OQL1J9rZUMT1p7FVhbcpotpBPTuY1ntpiLYofC1Y08jyH+YQojGktN&#10;L6UeRBBsj80fpUwjETzoMJJgMtC6kSrtQNuM83fbbGrhVNqFwPHuApP/f2Xl42HjnpGF/iv0RGAE&#10;pHO+8OSM+/QaTfzSpIziBOHxApvqA5PkvJnc5uMZZ5JCn6ez6TTBml0vO/ThmwLDolFyJFYSWOKw&#10;9oEaUuqQEntZWDVtm5hp7W8OSoye7DphtEK/7VlTvZl+C9WRlkI48e2dXDXUei18eBZIBNMeJNrw&#10;RIduoSs5nC3OasCff/PHfMKdopx1JJiSW1I0Z+13S3xEbQ0GDsY2GeMv+SynuN2beyAZjulFOJlM&#10;8mJoB1MjmFeS8zI2opCwktqVfDuY9+GkXHoOUi2XKYlk5ERY242TsXSEK2L50r8KdGfAAzH1CIOa&#10;RPEO91NuvOndch8I/URKhPYE5BlxkmDi6vxcosbf/qes66Ne/AIAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJxhMELhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoQ/OjNsSpUCVO&#10;RUhtuXBz420SiNdR7LTp27M5wW13ZzT7TbGZbCcuOPjWkYLnRQQCqXKmpVrB5/HtaQXCB01Gd45Q&#10;wQ09bMr7u0Lnxl1pj5dDqAWHkM+1giaEPpfSVw1a7ReuR2Lt7AarA69DLc2grxxuO7mMokxa3RJ/&#10;aHSP2warn8NoFaT78D5+0DH+mpa3712/reLzrlLq8WF6fQERcAp/ZpjxGR1KZjq5kYwXHWekUcpW&#10;FrJ4ntiSJesExGk+rZI1yLKQ/1uUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBo/jMC&#10;DQIAABwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCc&#10;YTBC4QAAAA0BAAAPAAAAAAAAAAAAAAAAAGcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="0C2A75A3" w14:textId="53EFAAFB" w:rsidR="00BB60B0" w:rsidRPr="00BB60B0" w:rsidRDefault="00BB60B0" w:rsidP="00BB60B0">
+                  <w:p w14:paraId="6DB47307" w14:textId="77777777" w:rsidR="00564BAD" w:rsidRPr="00140CD6" w:rsidRDefault="00564BAD" w:rsidP="00564BAD">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="0000FF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00BB60B0">
+                    <w:r w:rsidRPr="00140CD6">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="0000FF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Confidential</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
+    <w:r w:rsidR="002D2BB0">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:color w:val="0000FF"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                                                                                                                                                </w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="01AD5583" w14:textId="133F4979" w:rsidR="004009B8" w:rsidRDefault="002768C1" w:rsidP="0093430A">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="41520378" w14:textId="2309DEC1" w:rsidR="00C82404" w:rsidRDefault="00C82404">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:tabs>
-[...3 lines deleted...]
-      </w:tabs>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...68 lines deleted...]
-    <w:r w:rsidR="00BB60B0">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65D27559" wp14:editId="3EE0BDB9">
-              <wp:simplePos x="914400" y="10086975"/>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CB35B05" wp14:editId="7AEB387C">
+              <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
-              <wp:extent cx="628015" cy="345440"/>
-              <wp:effectExtent l="0" t="0" r="635" b="0"/>
+              <wp:extent cx="676910" cy="345440"/>
+              <wp:effectExtent l="0" t="0" r="8890" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1515556862" name="Text Box 3" descr="Confidential">
+              <wp:docPr id="756673847" name="Text Box 1" descr="Confidential">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="628015" cy="345440"/>
+                        <a:ext cx="676910" cy="345440"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="75D40574" w14:textId="61E227E1" w:rsidR="00BB60B0" w:rsidRPr="00BB60B0" w:rsidRDefault="00BB60B0" w:rsidP="00BB60B0">
+                        <w:p w14:paraId="02C2298B" w14:textId="6DC07BA8" w:rsidR="00C82404" w:rsidRPr="00C82404" w:rsidRDefault="00C82404" w:rsidP="00C82404">
                           <w:pPr>
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                               <w:noProof/>
                               <w:color w:val="0000FF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00BB60B0">
+                          <w:r w:rsidRPr="00C82404">
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                               <w:noProof/>
                               <w:color w:val="0000FF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Confidential</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="65D27559" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="4CB35B05" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Confidential" style="position:absolute;margin-left:0;margin-top:0;width:49.45pt;height:27.2pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBo/jMCDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0hgUHURoWKtmCah&#10;thKd+mwcm0SKfdbZkLC/fmdDoOv2NO3Fudyd78f3fZ7f9aZlB4W+AVvy8SjnTFkJVWN3Jf/xsvp0&#10;y5kPwlaiBatKflSe3y0+fph3rlATqKGtFDIqYn3RuZLXIbgiy7yslRF+BE5ZCmpAIwL94i6rUHRU&#10;3bTZJM9vsg6wcghSeU/eh1OQL1J9rZUMT1p7FVhbcpotpBPTuY1ntpiLYofC1Y08jyH+YQojGktN&#10;L6UeRBBsj80fpUwjETzoMJJgMtC6kSrtQNuM83fbbGrhVNqFwPHuApP/f2Xl42HjnpGF/iv0RGAE&#10;pHO+8OSM+/QaTfzSpIziBOHxApvqA5PkvJnc5uMZZ5JCn6ez6TTBml0vO/ThmwLDolFyJFYSWOKw&#10;9oEaUuqQEntZWDVtm5hp7W8OSoye7DphtEK/7VlTvZl+C9WRlkI48e2dXDXUei18eBZIBNMeJNrw&#10;RIduoSs5nC3OasCff/PHfMKdopx1JJiSW1I0Z+13S3xEbQ0GDsY2GeMv+SynuN2beyAZjulFOJlM&#10;8mJoB1MjmFeS8zI2opCwktqVfDuY9+GkXHoOUi2XKYlk5ERY242TsXSEK2L50r8KdGfAAzH1CIOa&#10;RPEO91NuvOndch8I/URKhPYE5BlxkmDi6vxcosbf/qes66Ne/AIAAP//AwBQSwMEFAAGAAgAAAAh&#10;AETIul/aAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sZRtoK00nNInT&#10;ENI2Lty8xGsLjVM16da9PYYLXCxZ/6/Pn4vV6Ft1oj42gQ3cTzJQxDa4hisD7/uXuwWomJAdtoHJ&#10;wIUirMrrqwJzF868pdMuVUogHHM0UKfU5VpHW5PHOAkdsWTH0HtMsvaVdj2eBe5bPc2yR+2xYblQ&#10;Y0frmuzXbvAGHrbpdXjj/exjnF4+N93azo4ba8ztzfj8BCrRmP7K8KMv6lCK0yEM7KJqDcgj6XdK&#10;tlwsQR2EO5+DLgv93738BgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGj+MwINAgAAHAQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAETIul/aAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="Confidential" style="position:absolute;margin-left:0;margin-top:0;width:53.3pt;height:27.2pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1QtdZDwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwmUpd2IsKK7oqqE&#10;dldiqz0bxyaRYo81NiT013dsCLTbnqpenMnMeD7ee57f9aZlB4W+AVvy8SjnTFkJVWN3Jf/+svrw&#10;mTMfhK1EC1aV/Kg8v1u8fzfvXKEmUENbKWRUxPqicyWvQ3BFlnlZKyP8CJyyFNSARgT6xV1Woeio&#10;ummzSZ7Psg6wcghSeU/eh1OQL1J9rZUMT1p7FVhbcpotpBPTuY1ntpiLYofC1Y08jyH+YQojGktN&#10;L6UeRBBsj80fpUwjETzoMJJgMtC6kSrtQNuM8zfbbGrhVNqFwPHuApP/f2Xl42HjnpGF/gv0RGAE&#10;pHO+8OSM+/QaTfzSpIziBOHxApvqA5PknH2a3Y4pIin0cXoznSZYs+tlhz58VWBYNEqOxEoCSxzW&#10;PlBDSh1SYi8Lq6ZtEzOt/c1BidGTXSeMVui3PWuqkk+G6bdQHWkphBPf3slVQ63XwodngUQwTUui&#10;DU906Ba6ksPZ4qwG/PE3f8wn3CnKWUeCKbklRXPWfrPER9TWYOBgbJMxvs1vcorbvbkHkuGYXoST&#10;ySQvhnYwNYJ5JTkvYyMKCSupXcm3g3kfTsql5yDVcpmSSEZOhLXdOBlLR7gili/9q0B3BjwQU48w&#10;qEkUb3A/5cab3i33gdBPpERoT0CeEScJJq7OzyVq/Nf/lHV91IufAAAA//8DAFBLAwQUAAYACAAA&#10;ACEA+BLFgNoAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTWvCQBCG70L/wzKF3nRTtaGk2UgR&#10;erIU/Lh4W3fHJJqdDdmJxn/ftZd6GRjel2eeyReDa8QFu1B7UvA6SUAgGW9rKhXstl/jdxCBNVnd&#10;eEIFNwywKJ5Guc6sv9IaLxsuRYRQyLSCirnNpAymQqfDxLdIMTv6zmmOa1dK2+lrhLtGTpMklU7X&#10;FC9UusVlhea86Z2CtzV/9z+0ne2H6e20apdmdlwZpV6eh88PEIwD/5fhrh/VoYhOB9+TDaJREB/h&#10;v3nPkjQFcYjg+RxkkctH+eIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtULXWQ8CAAAc&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+BLFgNoA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="75D40574" w14:textId="61E227E1" w:rsidR="00BB60B0" w:rsidRPr="00BB60B0" w:rsidRDefault="00BB60B0" w:rsidP="00BB60B0">
+                  <w:p w14:paraId="02C2298B" w14:textId="6DC07BA8" w:rsidR="00C82404" w:rsidRPr="00C82404" w:rsidRDefault="00C82404" w:rsidP="00C82404">
                     <w:pPr>
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="0000FF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00BB60B0">
+                    <w:r w:rsidRPr="00C82404">
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...130 lines deleted...]
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                         <w:noProof/>
                         <w:color w:val="0000FF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Confidential</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E939607" w14:textId="77777777" w:rsidR="00D915DC" w:rsidRDefault="00D915DC" w:rsidP="004531A5">
+    <w:p w14:paraId="67A8EDFA" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRDefault="00CF3EC2" w:rsidP="004531A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25E15C1D" w14:textId="77777777" w:rsidR="00D915DC" w:rsidRDefault="00D915DC" w:rsidP="004531A5">
+    <w:p w14:paraId="64552E21" w14:textId="77777777" w:rsidR="00CF3EC2" w:rsidRDefault="00CF3EC2" w:rsidP="004531A5">
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="12122E91" w14:textId="36CD8AED" w:rsidR="00197C81" w:rsidRDefault="00197C81" w:rsidP="00FD4330">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> For Recognised Bodies, Multilateral Trading Facilities, Organised Trading Facilities, Digital Settlement Facilities, and venue-linked Custodians, these reporting templates are intended solely for the reporting of cyber incidents after they become aware or has information which reasonably suggests that a material Cyber Incident has occurred. Recognised Bodies, Multilateral Trading Facilities, Organised Trading Facilities, Digital Settlement Facilities, and venue-linked Custodians are not required to report IT incidents under this procedure. Only incidents that qualify Cyber Incidents, as defined within GEN 3.5.18, fall within the reporting scope. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="195C0FD3" w14:textId="58704D37" w:rsidR="00AB4408" w:rsidRPr="00503D34" w:rsidRDefault="00CB598A" w:rsidP="00503D34">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="46E1C29E" w14:textId="10D30F52" w:rsidR="0067063D" w:rsidRDefault="0067063D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="2"/>
-[...1 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="674F1E4E" wp14:editId="0F51D471">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10324106" wp14:editId="4E2E9E4A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-695325</wp:posOffset>
+            <wp:posOffset>-638175</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-476250</wp:posOffset>
+            <wp:posOffset>-542925</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7531100" cy="1447758"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="7659370" cy="1466475"/>
+          <wp:effectExtent l="0" t="0" r="0" b="635"/>
           <wp:wrapNone/>
-          <wp:docPr id="86771066" name="Picture 86771066"/>
+          <wp:docPr id="561496325" name="Picture 1" descr="A white background with black dots&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="ADGM  DL_Header.png"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="2071903710" name="Picture 1" descr="A white background with black dots&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7531100" cy="1447758"/>
+                    <a:ext cx="7659370" cy="1466475"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E4B0278"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE00CED6"/>
     <w:lvl w:ilvl="0" w:tplc="DAE40680">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3433,63 +2649,61 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="217A6E28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DE3AE5DA"/>
-    <w:lvl w:ilvl="0" w:tplc="6D722AB8">
+    <w:tmpl w:val="4A562242"/>
+    <w:lvl w:ilvl="0" w:tplc="9A7069BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -3637,63 +2851,61 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72B547ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C8920008"/>
-    <w:lvl w:ilvl="0" w:tplc="757ECFB6">
+    <w:tmpl w:val="0E4CE062"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -3949,415 +3161,393 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="891968438">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1788114234">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="195774164">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="211386351">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1258515033">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1321039693">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ca86qOB2uPAwyAbA18so/dhSV7QZz60Soqa8mVJdBfFRBK8IY18g156UojrVk2mnuMWKqHcIZnBeHbWNmOhXvA==" w:salt="KSS5Dzbph7c8fpbertVkqA=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="OX8xtGkHqFP9kN+2ETKkPNO/4qKA46pU4PlhYwulca+vn6HfSYCXoNAASSkHUji7/eQ5LPnemhsv6WgETTLCXg==" w:salt="EEhBs4mu02IT938FL4dCrg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2sTA1tzQ1tDSxNDExsDRR0lEKTi0uzszPAykwqgUAcp0xzCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="003940A6"/>
-    <w:rsid w:val="00002601"/>
-    <w:rsid w:val="00004CDD"/>
     <w:rsid w:val="0001134B"/>
+    <w:rsid w:val="00014012"/>
+    <w:rsid w:val="000200CC"/>
     <w:rsid w:val="00025D4A"/>
     <w:rsid w:val="00045ED2"/>
-    <w:rsid w:val="000476ED"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0005412C"/>
+    <w:rsid w:val="00053A3A"/>
     <w:rsid w:val="0007001A"/>
     <w:rsid w:val="00080D4F"/>
     <w:rsid w:val="000837EA"/>
     <w:rsid w:val="00084F9F"/>
     <w:rsid w:val="000860FB"/>
+    <w:rsid w:val="00095FC5"/>
     <w:rsid w:val="000A28A3"/>
+    <w:rsid w:val="000A3FAD"/>
     <w:rsid w:val="000A74B1"/>
     <w:rsid w:val="000B23EB"/>
-    <w:rsid w:val="000B444D"/>
+    <w:rsid w:val="000B4484"/>
     <w:rsid w:val="000B7AFD"/>
     <w:rsid w:val="000C59E9"/>
-    <w:rsid w:val="000D18E6"/>
     <w:rsid w:val="000D78DF"/>
     <w:rsid w:val="000E04F6"/>
-    <w:rsid w:val="000E2B9C"/>
-    <w:rsid w:val="00100AEF"/>
+    <w:rsid w:val="000F4FC2"/>
     <w:rsid w:val="001055E3"/>
-    <w:rsid w:val="00135901"/>
+    <w:rsid w:val="001209D4"/>
     <w:rsid w:val="0014767C"/>
     <w:rsid w:val="0016163A"/>
-    <w:rsid w:val="001671A7"/>
-    <w:rsid w:val="00174C61"/>
     <w:rsid w:val="00180657"/>
     <w:rsid w:val="00180BF0"/>
     <w:rsid w:val="0018283C"/>
     <w:rsid w:val="001913C1"/>
     <w:rsid w:val="0019681B"/>
-    <w:rsid w:val="001A2F04"/>
+    <w:rsid w:val="00197C81"/>
     <w:rsid w:val="001A413E"/>
-    <w:rsid w:val="001A5932"/>
+    <w:rsid w:val="001A4F76"/>
     <w:rsid w:val="001B2DF7"/>
     <w:rsid w:val="001C390D"/>
-    <w:rsid w:val="001D1122"/>
     <w:rsid w:val="001E2FB0"/>
-    <w:rsid w:val="001E7BBF"/>
-    <w:rsid w:val="001F65AF"/>
     <w:rsid w:val="002108C1"/>
+    <w:rsid w:val="0021197C"/>
+    <w:rsid w:val="0021401D"/>
     <w:rsid w:val="00232DCC"/>
+    <w:rsid w:val="0023420A"/>
     <w:rsid w:val="002513E8"/>
     <w:rsid w:val="00257725"/>
-    <w:rsid w:val="002768C1"/>
+    <w:rsid w:val="00272E84"/>
     <w:rsid w:val="00276F5D"/>
-    <w:rsid w:val="00286C78"/>
     <w:rsid w:val="00287847"/>
     <w:rsid w:val="00290BEF"/>
     <w:rsid w:val="00291366"/>
     <w:rsid w:val="0029190E"/>
+    <w:rsid w:val="00293D3D"/>
     <w:rsid w:val="002A20BE"/>
     <w:rsid w:val="002A4B7D"/>
     <w:rsid w:val="002B0590"/>
-    <w:rsid w:val="002C13D9"/>
-    <w:rsid w:val="002C182A"/>
     <w:rsid w:val="002C3BC8"/>
     <w:rsid w:val="002D284B"/>
+    <w:rsid w:val="002D2BB0"/>
     <w:rsid w:val="002D63AB"/>
     <w:rsid w:val="002E2389"/>
     <w:rsid w:val="00313292"/>
-    <w:rsid w:val="00315604"/>
+    <w:rsid w:val="00322C03"/>
+    <w:rsid w:val="00325613"/>
     <w:rsid w:val="00341E92"/>
-    <w:rsid w:val="003476AD"/>
     <w:rsid w:val="00347E8E"/>
-    <w:rsid w:val="0035301E"/>
+    <w:rsid w:val="003615E7"/>
     <w:rsid w:val="00374E14"/>
     <w:rsid w:val="003755FB"/>
-    <w:rsid w:val="0038049E"/>
     <w:rsid w:val="00380E94"/>
     <w:rsid w:val="00386178"/>
-    <w:rsid w:val="00393517"/>
     <w:rsid w:val="003940A6"/>
+    <w:rsid w:val="00397BEC"/>
+    <w:rsid w:val="003B68A1"/>
     <w:rsid w:val="003B7004"/>
     <w:rsid w:val="003C6EEC"/>
     <w:rsid w:val="003C74D6"/>
     <w:rsid w:val="003E0209"/>
-    <w:rsid w:val="004009B8"/>
+    <w:rsid w:val="00405063"/>
     <w:rsid w:val="004263FE"/>
     <w:rsid w:val="0043156D"/>
     <w:rsid w:val="004531A5"/>
     <w:rsid w:val="00457054"/>
-    <w:rsid w:val="00486212"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00492126"/>
+    <w:rsid w:val="00481B9F"/>
     <w:rsid w:val="004A0A69"/>
     <w:rsid w:val="004A1825"/>
     <w:rsid w:val="004C1E8F"/>
-    <w:rsid w:val="004C42B3"/>
-    <w:rsid w:val="004F2E1A"/>
     <w:rsid w:val="00503490"/>
-    <w:rsid w:val="00503D34"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0051616E"/>
+    <w:rsid w:val="00510575"/>
+    <w:rsid w:val="00515E43"/>
     <w:rsid w:val="0053246F"/>
     <w:rsid w:val="005370A9"/>
+    <w:rsid w:val="0054576D"/>
     <w:rsid w:val="0055063E"/>
-    <w:rsid w:val="00551114"/>
     <w:rsid w:val="00560BAD"/>
-    <w:rsid w:val="0056295D"/>
-    <w:rsid w:val="00571B02"/>
+    <w:rsid w:val="00564BAD"/>
+    <w:rsid w:val="0057233B"/>
     <w:rsid w:val="00583467"/>
     <w:rsid w:val="00583F4A"/>
-    <w:rsid w:val="00596DF0"/>
-    <w:rsid w:val="005B4E1E"/>
     <w:rsid w:val="005C2E40"/>
     <w:rsid w:val="005C4735"/>
     <w:rsid w:val="005D1F38"/>
+    <w:rsid w:val="005E5F3A"/>
     <w:rsid w:val="005F3471"/>
-    <w:rsid w:val="00610590"/>
+    <w:rsid w:val="005F696A"/>
     <w:rsid w:val="0061204D"/>
     <w:rsid w:val="0062245C"/>
     <w:rsid w:val="0062474D"/>
+    <w:rsid w:val="00640A4A"/>
     <w:rsid w:val="006512DD"/>
-    <w:rsid w:val="00682496"/>
+    <w:rsid w:val="0067063D"/>
     <w:rsid w:val="00683C60"/>
     <w:rsid w:val="006856A9"/>
     <w:rsid w:val="00686766"/>
     <w:rsid w:val="006A38DB"/>
-    <w:rsid w:val="006A546C"/>
-    <w:rsid w:val="006B6359"/>
     <w:rsid w:val="006C3AAF"/>
     <w:rsid w:val="006C460D"/>
     <w:rsid w:val="006C65DE"/>
-    <w:rsid w:val="006F107F"/>
+    <w:rsid w:val="006F2761"/>
     <w:rsid w:val="00706ACA"/>
     <w:rsid w:val="00717D5B"/>
     <w:rsid w:val="00723989"/>
+    <w:rsid w:val="00724998"/>
     <w:rsid w:val="007252AF"/>
-    <w:rsid w:val="007311B2"/>
     <w:rsid w:val="0073649B"/>
+    <w:rsid w:val="0074052F"/>
     <w:rsid w:val="007439BE"/>
     <w:rsid w:val="00755F87"/>
     <w:rsid w:val="007657EF"/>
     <w:rsid w:val="007677F1"/>
+    <w:rsid w:val="00772AE9"/>
     <w:rsid w:val="00776B08"/>
-    <w:rsid w:val="007872AB"/>
-    <w:rsid w:val="007A7DC3"/>
     <w:rsid w:val="007C4340"/>
     <w:rsid w:val="007E2C91"/>
     <w:rsid w:val="007F3365"/>
     <w:rsid w:val="007F44B0"/>
+    <w:rsid w:val="00807244"/>
+    <w:rsid w:val="00807D82"/>
     <w:rsid w:val="008239F8"/>
     <w:rsid w:val="00825EEA"/>
     <w:rsid w:val="008408D9"/>
     <w:rsid w:val="008432D9"/>
-    <w:rsid w:val="00845D59"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0087034B"/>
     <w:rsid w:val="008758BA"/>
     <w:rsid w:val="0088473E"/>
     <w:rsid w:val="00886AE1"/>
     <w:rsid w:val="008A3249"/>
     <w:rsid w:val="008A5768"/>
     <w:rsid w:val="008A7C33"/>
-    <w:rsid w:val="008B54B8"/>
+    <w:rsid w:val="008C5174"/>
     <w:rsid w:val="008C75FD"/>
-    <w:rsid w:val="008D3C34"/>
     <w:rsid w:val="008F40AF"/>
-    <w:rsid w:val="008F6E8A"/>
-    <w:rsid w:val="00900ABC"/>
     <w:rsid w:val="00927DD3"/>
-    <w:rsid w:val="0093430A"/>
+    <w:rsid w:val="00930A3C"/>
     <w:rsid w:val="009404B1"/>
     <w:rsid w:val="00947328"/>
-    <w:rsid w:val="00947FE3"/>
     <w:rsid w:val="00951551"/>
-    <w:rsid w:val="00961299"/>
     <w:rsid w:val="0096794F"/>
+    <w:rsid w:val="009703E7"/>
+    <w:rsid w:val="0097042E"/>
+    <w:rsid w:val="00977D1C"/>
+    <w:rsid w:val="0098244B"/>
     <w:rsid w:val="00986CA4"/>
-    <w:rsid w:val="009A00FD"/>
+    <w:rsid w:val="00996604"/>
     <w:rsid w:val="009A455C"/>
     <w:rsid w:val="009A7E96"/>
-    <w:rsid w:val="009B5D10"/>
+    <w:rsid w:val="009C4A3C"/>
     <w:rsid w:val="009E2C6F"/>
     <w:rsid w:val="009E35B8"/>
-    <w:rsid w:val="009F3C20"/>
-    <w:rsid w:val="00A11A67"/>
     <w:rsid w:val="00A13A53"/>
     <w:rsid w:val="00A14D38"/>
     <w:rsid w:val="00A26AFF"/>
     <w:rsid w:val="00A50854"/>
+    <w:rsid w:val="00A820CE"/>
     <w:rsid w:val="00A83FE2"/>
     <w:rsid w:val="00A85D67"/>
-    <w:rsid w:val="00A94356"/>
     <w:rsid w:val="00AA2937"/>
     <w:rsid w:val="00AA3056"/>
     <w:rsid w:val="00AB1C33"/>
-    <w:rsid w:val="00AB4408"/>
+    <w:rsid w:val="00AD667A"/>
     <w:rsid w:val="00AD7E8D"/>
-    <w:rsid w:val="00AE04D5"/>
     <w:rsid w:val="00AE1603"/>
     <w:rsid w:val="00AE622D"/>
     <w:rsid w:val="00AF17A0"/>
     <w:rsid w:val="00AF335B"/>
-    <w:rsid w:val="00B05504"/>
-    <w:rsid w:val="00B1035A"/>
     <w:rsid w:val="00B15E31"/>
-    <w:rsid w:val="00B229C2"/>
     <w:rsid w:val="00B27FF7"/>
     <w:rsid w:val="00B303A1"/>
-    <w:rsid w:val="00B31420"/>
+    <w:rsid w:val="00B31584"/>
+    <w:rsid w:val="00B41D02"/>
     <w:rsid w:val="00B537D8"/>
     <w:rsid w:val="00B55B2C"/>
     <w:rsid w:val="00B60CDF"/>
-    <w:rsid w:val="00B74239"/>
     <w:rsid w:val="00B77817"/>
     <w:rsid w:val="00B80F12"/>
     <w:rsid w:val="00B831E4"/>
     <w:rsid w:val="00B8440C"/>
     <w:rsid w:val="00B857AD"/>
     <w:rsid w:val="00B87840"/>
     <w:rsid w:val="00B923BE"/>
     <w:rsid w:val="00BA143E"/>
     <w:rsid w:val="00BA7265"/>
     <w:rsid w:val="00BB10F1"/>
-    <w:rsid w:val="00BB60B0"/>
     <w:rsid w:val="00BE0B6A"/>
     <w:rsid w:val="00BE406D"/>
     <w:rsid w:val="00BF02AB"/>
     <w:rsid w:val="00C02325"/>
     <w:rsid w:val="00C14097"/>
-    <w:rsid w:val="00C200FE"/>
     <w:rsid w:val="00C324FE"/>
-    <w:rsid w:val="00C4360B"/>
     <w:rsid w:val="00C5097F"/>
     <w:rsid w:val="00C55AFB"/>
     <w:rsid w:val="00C602B0"/>
     <w:rsid w:val="00C74E59"/>
     <w:rsid w:val="00C7506D"/>
-    <w:rsid w:val="00C80634"/>
+    <w:rsid w:val="00C7523D"/>
+    <w:rsid w:val="00C82404"/>
     <w:rsid w:val="00C9220E"/>
     <w:rsid w:val="00C923AD"/>
+    <w:rsid w:val="00C92BF0"/>
+    <w:rsid w:val="00CA200B"/>
     <w:rsid w:val="00CA7752"/>
     <w:rsid w:val="00CA7E0C"/>
-    <w:rsid w:val="00CB016E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CC259C"/>
     <w:rsid w:val="00CC3E41"/>
     <w:rsid w:val="00CC493B"/>
     <w:rsid w:val="00CD1B30"/>
     <w:rsid w:val="00CD3E1E"/>
     <w:rsid w:val="00CE4667"/>
+    <w:rsid w:val="00CF3EC2"/>
+    <w:rsid w:val="00CF5649"/>
     <w:rsid w:val="00D003F2"/>
-    <w:rsid w:val="00D073F2"/>
+    <w:rsid w:val="00D14A27"/>
     <w:rsid w:val="00D15CF2"/>
-    <w:rsid w:val="00D34F46"/>
     <w:rsid w:val="00D45E4F"/>
     <w:rsid w:val="00D50C81"/>
+    <w:rsid w:val="00D732BC"/>
     <w:rsid w:val="00D74BCA"/>
+    <w:rsid w:val="00D8186E"/>
     <w:rsid w:val="00D8202A"/>
     <w:rsid w:val="00D90787"/>
-    <w:rsid w:val="00D915DC"/>
+    <w:rsid w:val="00D95E37"/>
     <w:rsid w:val="00DA648A"/>
     <w:rsid w:val="00DC0F0C"/>
-    <w:rsid w:val="00DD4166"/>
+    <w:rsid w:val="00DD3330"/>
     <w:rsid w:val="00DD51EC"/>
     <w:rsid w:val="00DE1339"/>
     <w:rsid w:val="00DF3E9B"/>
     <w:rsid w:val="00DF400A"/>
     <w:rsid w:val="00E149E9"/>
     <w:rsid w:val="00E25AB7"/>
     <w:rsid w:val="00E32AA5"/>
     <w:rsid w:val="00E33C19"/>
+    <w:rsid w:val="00E40EFB"/>
+    <w:rsid w:val="00E57863"/>
     <w:rsid w:val="00E62AC6"/>
-    <w:rsid w:val="00E62CD0"/>
     <w:rsid w:val="00E73947"/>
+    <w:rsid w:val="00E82FE0"/>
     <w:rsid w:val="00EA450F"/>
-    <w:rsid w:val="00EA58CB"/>
     <w:rsid w:val="00EC3A38"/>
     <w:rsid w:val="00ED5BA5"/>
     <w:rsid w:val="00EE36CE"/>
     <w:rsid w:val="00EF5BD5"/>
-    <w:rsid w:val="00F00E37"/>
     <w:rsid w:val="00F01BFB"/>
-    <w:rsid w:val="00F10616"/>
+    <w:rsid w:val="00F135EB"/>
+    <w:rsid w:val="00F218D5"/>
     <w:rsid w:val="00F31F2B"/>
     <w:rsid w:val="00F3448C"/>
-    <w:rsid w:val="00F35E55"/>
     <w:rsid w:val="00F375D1"/>
     <w:rsid w:val="00F45131"/>
-    <w:rsid w:val="00F62241"/>
+    <w:rsid w:val="00F541BF"/>
+    <w:rsid w:val="00F6619D"/>
     <w:rsid w:val="00F677C2"/>
     <w:rsid w:val="00F709E6"/>
     <w:rsid w:val="00F76342"/>
-    <w:rsid w:val="00F805C4"/>
     <w:rsid w:val="00F817B1"/>
+    <w:rsid w:val="00F87B14"/>
     <w:rsid w:val="00F94674"/>
-    <w:rsid w:val="00FA362E"/>
-    <w:rsid w:val="00FB4771"/>
     <w:rsid w:val="00FC0BED"/>
     <w:rsid w:val="00FC70B6"/>
-    <w:rsid w:val="00FD150C"/>
-    <w:rsid w:val="00FD620E"/>
+    <w:rsid w:val="00FD4330"/>
     <w:rsid w:val="00FF5DD1"/>
     <w:rsid w:val="00FF5E0C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1339B74B"/>
   <w15:docId w15:val="{B872891B-B477-4A08-A8AB-928164647CEE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5078,107 +4268,134 @@
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-GB"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004009B8"/>
+    <w:rsid w:val="00C82404"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004009B8"/>
+    <w:rsid w:val="00C82404"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00197C81"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00197C81"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00197C81"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AB4408"/>
+    <w:rsid w:val="0067063D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00AB4408"/>
+    <w:rsid w:val="0067063D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-    </w:rPr>
-[...8 lines deleted...]
-      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="677198123">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1075905291">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5201,51 +4418,51 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5507,113 +4724,116 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE81D028-8BE8-49E0-A900-2BE80AFE9A65}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2898</Characters>
+  <Pages>3</Pages>
+  <Words>423</Words>
+  <Characters>2351</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>6</Paragraphs>
+  <DocSecurity>12</DocSecurity>
+  <Lines>109</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Abu Dhabi Global Market</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3400</CharactersWithSpaces>
+  <CharactersWithSpaces>2784</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>XXX</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-09-04T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2024-01-01T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterShapeIds">
-    <vt:lpwstr>63d50168,520af284,5a558ffe</vt:lpwstr>
+    <vt:lpwstr>2d19ed37,1de609d5,4e487199</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingFooterFontProps">
-    <vt:lpwstr>#0000ff,10,Calibri</vt:lpwstr>
+    <vt:lpwstr>#0000ff,10,Aptos</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ClassificationContentMarkingFooterText">
     <vt:lpwstr>Confidential</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_SetDate">
-    <vt:lpwstr>2024-12-09T07:54:52Z</vt:lpwstr>
+    <vt:lpwstr>2026-01-08T06:23:14Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_Method">
-    <vt:lpwstr>Privileged</vt:lpwstr>
+    <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_Name">
     <vt:lpwstr>Internal Information</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_SiteId">
     <vt:lpwstr>27987bdd-43e0-44bf-95a3-94937a2498d4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_ActionId">
-    <vt:lpwstr>85d2f82f-002c-4d29-a687-1609c319dcd1</vt:lpwstr>
+    <vt:lpwstr>1756aab9-0a2c-4667-aba9-f546da7e59ed</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>