--- v0 (2025-11-09)
+++ v1 (2026-02-01)
@@ -1,6360 +1,2967 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="794C3E36" w14:textId="6F9B2B7B" w:rsidR="00FF5E0C" w:rsidRPr="003156EB" w:rsidRDefault="00552941" w:rsidP="00F26EB4">
+    <w:p w14:paraId="794C3E36" w14:textId="4526044D" w:rsidR="00FF5E0C" w:rsidRPr="0047261E" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:hanging="142"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc165904337"/>
-      <w:r w:rsidRPr="003156EB">
+      <w:r w:rsidRPr="0047261E">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t>A</w:t>
+        <w:t xml:space="preserve">IT &amp; Cyber Incident Progressive Report </w:t>
       </w:r>
-      <w:r w:rsidR="00FF5E0C" w:rsidRPr="003156EB">
+      <w:r w:rsidR="001255BB">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve">nnex B: </w:t>
+        <w:t>–</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00FF5E0C" w:rsidRPr="003156EB">
+      <w:r w:rsidR="00F83716">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t>IT &amp; Cyber Incident Progressive Report Template</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047261E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>Template</w:t>
+      </w:r>
+      <w:r w:rsidR="001255BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B</w:t>
+      </w:r>
+      <w:r w:rsidR="00832CC8">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CFB937A" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
-      <w:pPr>
+    <w:p w14:paraId="5A55A4E2" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="0047261E" w:rsidRDefault="00FF5E0C" w:rsidP="0047261E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:hanging="142"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc165904338"/>
+      <w:r w:rsidRPr="0047261E">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...17 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Section 1: Contact Particulars and Incident Reference</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="22A34BCB" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
+    <w:p w14:paraId="22A34BCB" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00140CD6" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="5350" w:type="pct"/>
-        <w:tblInd w:w="-147" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4254"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="3826"/>
+        <w:gridCol w:w="5184"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w14:paraId="185E4651" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w14:paraId="185E4651" w14:textId="77777777" w:rsidTr="00AE4903">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D9F6E7B" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00922815" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
+          <w:p w14:paraId="6D9F6E7B" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00922815">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Contact Particulars and Incident Reference</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00331985" w:rsidRPr="00CA1C93" w14:paraId="06962359" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w14:paraId="06962359" w14:textId="77777777" w:rsidTr="00AE4903">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2123" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73BC5EF9" w14:textId="77777777" w:rsidR="00331985" w:rsidRPr="00922815" w:rsidRDefault="00331985" w:rsidP="00331985">
+          <w:p w14:paraId="73BC5EF9" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w:rsidRDefault="00FF5E0C" w:rsidP="0096131E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Registered Name of Firm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2877" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C947696" w14:textId="4634C6B3" w:rsidR="00331985" w:rsidRPr="00E17240" w:rsidRDefault="00331985" w:rsidP="00331985">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="1C947696" w14:textId="09AE15B4" w:rsidR="00FF5E0C" w:rsidRPr="00B62554" w:rsidRDefault="00B62554" w:rsidP="00AE4903">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1929267771" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B62554">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...144 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="1929267771"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00331985" w:rsidRPr="00CA1C93" w14:paraId="32DEF6B5" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="32DEF6B5" w14:textId="77777777" w:rsidTr="00AE4903">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2123" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48D6D26A" w14:textId="77777777" w:rsidR="00331985" w:rsidRPr="00922815" w:rsidRDefault="00331985" w:rsidP="00331985">
+          <w:p w14:paraId="48D6D26A" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of Reporting Staff </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2877" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7453187A" w14:textId="2BB188D7" w:rsidR="00331985" w:rsidRPr="00E658C2" w:rsidRDefault="00331985" w:rsidP="00331985">
-            <w:pPr>
+          <w:p w14:paraId="7453187A" w14:textId="69563A6E" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1781415295" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="0085741F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to </w:t>
+            </w:r>
+            <w:r w:rsidR="001255BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085741F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...128 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">dd text </w:t>
+            </w:r>
+            <w:permEnd w:id="1781415295"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00331985" w:rsidRPr="00CA1C93" w14:paraId="1355E3A8" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="1355E3A8" w14:textId="77777777" w:rsidTr="00AE4903">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2123" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EAB574B" w14:textId="77777777" w:rsidR="00331985" w:rsidRPr="00922815" w:rsidRDefault="00331985" w:rsidP="00331985">
+          <w:p w14:paraId="2EAB574B" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Designation/Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2877" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E40B468" w14:textId="7F8F30DD" w:rsidR="00331985" w:rsidRPr="00E658C2" w:rsidRDefault="00331985" w:rsidP="00331985">
-            <w:pPr>
+          <w:p w14:paraId="7E40B468" w14:textId="743621C9" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="454968578" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="0085741F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="454968578"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00331985" w:rsidRPr="00CA1C93" w14:paraId="544D0AFD" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="544D0AFD" w14:textId="77777777" w:rsidTr="00AE4903">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2123" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="610B70D5" w14:textId="77777777" w:rsidR="00331985" w:rsidRPr="00922815" w:rsidRDefault="00331985" w:rsidP="00331985">
+          <w:p w14:paraId="610B70D5" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Contact Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2877" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EF47C31" w14:textId="7FF4F161" w:rsidR="00331985" w:rsidRPr="00E658C2" w:rsidRDefault="00331985" w:rsidP="00331985">
-            <w:pPr>
+          <w:p w14:paraId="0EF47C31" w14:textId="5BBB0E0F" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1608324696" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="0085741F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="1608324696"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00331985" w:rsidRPr="00CA1C93" w14:paraId="1C7FC6BC" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="1C7FC6BC" w14:textId="77777777" w:rsidTr="00AE4903">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2123" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AAB65AD" w14:textId="77777777" w:rsidR="00331985" w:rsidRPr="00922815" w:rsidRDefault="00331985" w:rsidP="00331985">
+          <w:p w14:paraId="2AAB65AD" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Contact Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2877" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C68688E" w14:textId="269E9FA1" w:rsidR="00331985" w:rsidRPr="00E658C2" w:rsidRDefault="00331985" w:rsidP="00331985">
-            <w:pPr>
+          <w:p w14:paraId="0C68688E" w14:textId="32174E9C" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="245333077" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="0085741F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="245333077"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00331985" w:rsidRPr="00CA1C93" w14:paraId="7AECF7A7" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="7AECF7A7" w14:textId="77777777" w:rsidTr="00AE4903">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2123" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CF7E825" w14:textId="77777777" w:rsidR="00331985" w:rsidRPr="00270A63" w:rsidRDefault="00331985" w:rsidP="00331985">
+          <w:p w14:paraId="6CF7E825" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Incident Reference Number</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D91C913" w14:textId="77777777" w:rsidR="00331985" w:rsidRPr="00922815" w:rsidRDefault="00331985" w:rsidP="00331985">
+          <w:p w14:paraId="7D91C913" w14:textId="20F4DAF1" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>(Date of first report YYYYMMDD + 9-digit License Number e.g., 20240101000001001)</w:t>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">first </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">report YYYYMMDD </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">+ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9-digit License Number </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e.g., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>20240101</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>000001001</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2877" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CDBE4FF" w14:textId="0216A243" w:rsidR="00331985" w:rsidRPr="00E658C2" w:rsidRDefault="00331985" w:rsidP="00331985">
-            <w:pPr>
+          <w:p w14:paraId="5CDBE4FF" w14:textId="432F857F" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="55644594" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="0085741F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="55644594"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="5D0DE5D6" w14:textId="77777777" w:rsidTr="00AE4903">
+        <w:trPr>
+          <w:trHeight w:val="96"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3298BBB3" w14:textId="125FABDE" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Date of current report DD/MM/YYYY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2877" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28659B92" w14:textId="11213647" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="2012116729" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="0085741F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="2012116729"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="17C52ABE" w14:textId="77777777" w:rsidTr="00AE4903">
+        <w:trPr>
+          <w:trHeight w:val="96"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7634E101" w14:textId="75A2DEB2" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Report phase (Intermediate/Final) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2877" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65A8CCC9" w14:textId="422BECCD" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="939076418" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="0085741F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...128 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="939076418"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6FE5CCE2" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DF1E6D2" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00FC4563" w:rsidRDefault="00FF5E0C" w:rsidP="00DF2494">
+    <w:p w14:paraId="5DF1E6D2" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w:rsidRDefault="00FF5E0C" w:rsidP="005F3471">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:hanging="142"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc165904339"/>
-      <w:r w:rsidRPr="00FC4563">
+      <w:bookmarkStart w:id="1" w:name="_Toc165904339"/>
+      <w:r w:rsidRPr="00CA1C93">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Section 2: Incident Details</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="2430F5B6" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w:rsidRDefault="00FF5E0C" w:rsidP="00DF2494">
-[...1 lines deleted...]
-        <w:ind w:hanging="142"/>
+    <w:p w14:paraId="2430F5B6" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="054EFE6B" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00FC4563" w:rsidRDefault="00FF5E0C" w:rsidP="00DF2494">
-[...1 lines deleted...]
-        <w:ind w:left="-142"/>
+    <w:p w14:paraId="054EFE6B" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC4563">
+      <w:r w:rsidRPr="00CA1C93">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The section below should be completed with the most up-to-date information available to the firm. Where applicable, the firm may provide additional information as attachments to support the descriptions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4283044C" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="5350" w:type="pct"/>
-        <w:tblInd w:w="-147" w:type="dxa"/>
+        <w:tblW w:w="5428" w:type="pct"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4254"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="4261"/>
+        <w:gridCol w:w="5520"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w14:paraId="77FADAE8" w14:textId="77777777" w:rsidTr="00FC4563">
+      <w:tr w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w14:paraId="77FADAE8" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37489EA4" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00FB56F3" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
+          <w:p w14:paraId="37489EA4" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB56F3">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Incident Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="1D6ECA9B" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="1D6ECA9B" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DACF49C" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00FB56F3" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="6DACF49C" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Discovery date and time </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
-              <w:t>(w</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096131E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
               <w:t>hen did the firm become aware that an incident had taken place</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F30E81B" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00D1531D" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="1F30E81B" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="324508C9" w14:textId="4611C734" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="324508C9" w14:textId="01BE6543" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="663228881" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00D75EC9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="663228881"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="3D3889CA" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="3D3889CA" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E5F7001" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00FB56F3" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="2090F0E0" w14:textId="77777777" w:rsidR="00B62554" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Actual date and time of incident (e.g., </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the data breach happened 3 calendar days before it was discovered, etc.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="485216FA" w14:textId="6C801156" w:rsidR="00B62554" w:rsidRPr="0096131E" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0096131E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>If applicable, indicate if there is an update from the date and time shared in the initial incident report.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E58AC14" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5ACE73AD" w14:textId="1F4DE5B2" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="5ACE73AD" w14:textId="003F7EC8" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="554719255" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00D75EC9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="554719255"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="11D60C33" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="5B530264" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D0AF156" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00D1531D" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="7B4363A8" w14:textId="77777777" w:rsidR="00B62554" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...24 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Incident resolution/closure date and time (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096131E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>date and time when services, activities and/or operations have been restored from the incident/date and time when the incident was closed and cause(s) identified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D4D5ECB" w14:textId="77777777" w:rsidR="00B62554" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BCAA71D" w14:textId="75A333CB" w:rsidR="00B62554" w:rsidRPr="00E22462" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1389357F" w14:textId="414FE9F5" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="5879FFB1" w14:textId="3716E37E" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1014177418" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="002E0110">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="1014177418"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="53D2D11C" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="11D60C33" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B9EC9CE" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00FB56F3" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="3D0AF156" w14:textId="796E1CDD" w:rsidR="00B62554" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Describe how the incident was discovered</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096131E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>e.g.,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>malware was detected by a security monitoring alert, staff noticed anomalous transactions customer complaint, ransom note, etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DA1ED2A" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67D939BF" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00E22462" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2822" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1389357F" w14:textId="04223B75" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1198737123" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="002E0110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="1198737123"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="53D2D11C" w14:textId="77777777" w:rsidTr="00E22462">
+        <w:trPr>
+          <w:trHeight w:val="96"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B9EC9CE" w14:textId="38E54B53" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Describe the nature of the incident and the systems affected</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>more than one option can be applicable</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="75B0D666" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00D1531D" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D574F5C" w14:textId="77777777" w:rsidR="00B62554" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22462">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Unscheduled system outage/disruption arising from internal lapses or unforeseen hardware/ software failures (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00E22462">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e.g., system misconfiguration, power outage, etc.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00E22462">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00E22462">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C1DFCD8" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00D1531D" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="1C1DFCD8" w14:textId="31560DAC" w:rsidR="00B62554" w:rsidRPr="00E22462" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22462">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Cyber-attack by known/ unknown threat actor(s) (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00E22462">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e.g., ransomware with extortion demand, DDoS attack, etc.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00E22462">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00E22462">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00E22462">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Provide any shareable intelligence on the cyber-attack and the threat actor(s)  (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22462">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...19 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e.g., attacker IP address, domain name, malware hash, indicators of compromise, etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E22462">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00E22462">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4579B2A0" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00D1531D" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="4579B2A0" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Data leak or compromise (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e.g., data exfiltration by threat actor(s), control lapse resulting in customer information made public, etc.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68C67AE4" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00FB56F3" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="216563B5" w14:textId="6BEF9F7A" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Others.</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49AED94A" w14:textId="76262791" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="49AED94A" w14:textId="304FB373" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="934102778" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="002E0110">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...151 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="934102778"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="381509D2" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="381509D2" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="255B3D24" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00FB56F3" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="59AD0838" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...10 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Has the firm or its vendors identified the actor(s) involved in the incident and the motive?</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e.g., criminal hacking groups, espionage, insider, etc.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E213F82" w14:textId="1D523F3E" w:rsidR="00E17240" w:rsidRPr="00D1531D" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-[...4 lines deleted...]
-              </w:tabs>
+          <w:p w14:paraId="5E213F82" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="360"/>
-[...14 lines deleted...]
-            </w:r>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C8E3F09" w14:textId="26BBB848" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="3C8E3F09" w14:textId="0AF48BB3" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1834562378" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00490CCE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="1834562378"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="17E6A70B" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="17E6A70B" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57660E6D" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00FB56F3" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="1A26970E" w14:textId="0825FC84" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...24 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Is the firm aware of any contagion effect the incident may have on the ADGM or other ADGM firms (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e.g., malware spread through network connection, etc.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>)?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="557DBECA" w14:textId="19530443" w:rsidR="00E17240" w:rsidRPr="00D1531D" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-[...1 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+          <w:p w14:paraId="557DBECA" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="360"/>
-[...4 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="540D28E4" w14:textId="3D08B961" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="540D28E4" w14:textId="62A012FD" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="754929022" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00490CCE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="754929022"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="6972DA50" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="6972DA50" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="06A32046" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00FB56F3" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="06A32046" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Describe the nature (e.g.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> financial, operational, reputational, legal, regulatory, other) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>and the degree (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096131E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>severe, moderate, mild</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>) of impact of the incident on the firm.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3B19D7A6" w14:textId="6673DC56" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="3B19D7A6" w14:textId="32056042" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="318659907" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00490CCE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="318659907"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="6356011B" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="6356011B" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="762E1530" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00FB56F3" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="762E1530" w14:textId="34551990" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="60EFC261" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00D1531D" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Describe the impact of the incident on the business operations and services to customers </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096131E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>e.g., suspension to the firm’s business or any of its activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60EFC261" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00E22462" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:firstLine="720"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6900EB76" w14:textId="6470D593" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="6900EB76" w14:textId="134A907B" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="724393347" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00490CCE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="724393347"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="59CD7E8E" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="59CD7E8E" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75755095" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00FB56F3" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="75755095" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="30A153EC" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00D1531D" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Describe any impact on customers (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096131E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>financial loss, data leakage, limited access etc</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>.) and any actions taken to limit such impact.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30A153EC" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00E22462" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="381D5EE0" w14:textId="3B503B8E" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="381D5EE0" w14:textId="2E95839E" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="381036723" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00490CCE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="381036723"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="1E8382B9" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="1E8382B9" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B7CFCDB" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00FB56F3" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="3440871E" w14:textId="1056379C" w:rsidR="00B62554" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Describe the actions taken thus far to contain the incident operationally.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e.g., workstation disconnected from internet, cyber incident response vendor engaged, customer communications, etc.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="44FD2D48" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00D1531D" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44FD2D48" w14:textId="636E2740" w:rsidR="00B62554" w:rsidRPr="00E22462" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FBF0730" w14:textId="59278094" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="3FBF0730" w14:textId="609D554C" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1644915741" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00270A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="1644915741"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="4D9CFC5B" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="4D9CFC5B" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="363AB538" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00FB56F3" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="05470029" w14:textId="5588F571" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096131E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>If applicable</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>) Describe in detail the impact to clients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
               <w:t>- Number of clients affected</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
               <w:t>- Amount of client assets affected (in $USD equivalent)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB56F3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>- If applicable, describe any sensitivities with regard to clients or data targeted?</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FDDDE11" w14:textId="5792A721" w:rsidR="00E17240" w:rsidRPr="00CA1C93" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="0FDDDE11" w14:textId="0EDE30CF" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E17240">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:permStart w:id="1013648315" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00270A7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...145 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="1013648315"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="2690E5D8" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="2690E5D8" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A8A0228" w14:textId="7750E2B8" w:rsidR="00E17240" w:rsidRPr="00CA1C93" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="1A8A0228" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Describe the financial position of the firm prior to the incident, as impacted by the incident, and following resolution of the incident.</w:t>
             </w:r>
-            <w:r w:rsidRPr="002E1BCE">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D1531D">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...26 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>Were the lost assets on- or off- balance sheet?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
               <w:t>What amount of contingency funding was required to cover current and potential future losses?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B817CDE" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="00DF2494" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="3B817CDE" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71A01D4C" w14:textId="602C8E7D" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="71A01D4C" w14:textId="504FF2FC" w:rsidR="00B62554" w:rsidRPr="00B62554" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1381174487" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00E24F1E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="1381174487"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="04EB5203" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="524DF99F" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
-          <w:trHeight w:val="96"/>
+          <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FCE656A" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="002E1BCE" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="52B5E001" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...16 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Describe the root cause of the incident.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="265F78EE" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="360"/>
-[...22 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C17B79A" w14:textId="7FC124F2" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="37AF11E3" w14:textId="262999BF" w:rsidR="00B62554" w:rsidRPr="00B62554" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1256283927" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B62554">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="1256283927"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="524DF99F" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="7D11604B" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52B5E001" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="002E1BCE" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="146E1F88" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="265F78EE" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="003379F2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Describe in detail the steps taken to respond and recover from the incident, from discovery to resolution, including remedial actions to address the root cause and to prevent incident recurrence.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FBC64EB" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:firstLine="720"/>
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37AF11E3" w14:textId="0B824884" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="59787445" w14:textId="24FBF2F4" w:rsidR="00B62554" w:rsidRPr="00B62554" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="846616055" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B62554">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="846616055"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="7D11604B" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="51B0ABF9" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="146E1F88" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="002E1BCE" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="1EA8064C" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...18 lines deleted...]
-              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Describe any communication made to stakeholders regarding the incident (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>e.g., customers, shareholders, Board, etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F065E90" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59787445" w14:textId="3B9E021A" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="226682B2" w14:textId="70A447D0" w:rsidR="00B62554" w:rsidRPr="00B62554" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="342303262" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B62554">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="342303262"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="51B0ABF9" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="3F8EF2EA" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EA8064C" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="002E1BCE" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="01C249F9" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...15 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Describe any reporting (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096131E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>including date and time of report</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>) made to federal authorities, law enforcement agencies, local &amp; foreign regulators, etc. (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>e.g., FIU, Commissioner of Data Protection, Abu Dhabi Police, etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F065E90" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="003379F2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="159C991F" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="226682B2" w14:textId="62D402E3" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="33AAEE91" w14:textId="6963FA36" w:rsidR="00B62554" w:rsidRPr="00B62554" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="2101041717" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B62554">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="2101041717"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="3F8EF2EA" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="5BEDFF3A" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01C249F9" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="002E1BCE" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="6A09C45C" w14:textId="2D07FB64" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...15 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Describe any media / social media coverage of the incident</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096131E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>if observed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="159C991F" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="003379F2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="13BEF6F5" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33AAEE91" w14:textId="0CB7D1DD" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="2014E04F" w14:textId="676CB91A" w:rsidR="00B62554" w:rsidRPr="00B62554" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="859902410" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B62554">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...150 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:iCs/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="859902410"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E17240" w:rsidRPr="00CA1C93" w14:paraId="5BEDFF3A" w14:textId="77777777" w:rsidTr="00DF2494">
+      <w:tr w:rsidR="00B62554" w:rsidRPr="00CA1C93" w14:paraId="4174FF20" w14:textId="77777777" w:rsidTr="00E22462">
         <w:trPr>
-          <w:trHeight w:val="96"/>
+          <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="pct"/>
+            <w:tcW w:w="2178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A09C45C" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="002E1BCE" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+          <w:p w14:paraId="54654DAE" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="13BEF6F5" w14:textId="77777777" w:rsidR="00E17240" w:rsidRPr="003379F2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Describe any breaches to ADGM and FSRA rules resulting from the incident (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>e.g., unable to meet capital requirements, etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D61DE7B" w14:textId="77777777" w:rsidR="00B62554" w:rsidRPr="00CA1C93" w:rsidRDefault="00B62554" w:rsidP="00B62554">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2794" w:type="pct"/>
+            <w:tcW w:w="2822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2014E04F" w14:textId="69BCC1C4" w:rsidR="00E17240" w:rsidRPr="00E658C2" w:rsidRDefault="00E17240" w:rsidP="00E17240">
-            <w:pPr>
+          <w:p w14:paraId="3EA0FF75" w14:textId="510619E6" w:rsidR="00B62554" w:rsidRPr="00B62554" w:rsidRDefault="00B62554" w:rsidP="00B62554">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="522717902" w:edGrp="everyone"/>
+            <w:r w:rsidRPr="00B62554">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
                 <w:bCs/>
-              </w:rPr>
-[...193 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...190 lines deleted...]
-            </w:r>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Click here to add text </w:t>
+            </w:r>
+            <w:permEnd w:id="522717902"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="406C3D60" w14:textId="77777777" w:rsidR="00FF5E0C" w:rsidRPr="00CA1C93" w:rsidRDefault="00FF5E0C" w:rsidP="00FF5E0C">
-[...5 lines deleted...]
-    </w:p>
     <w:p w14:paraId="17117BCA" w14:textId="77777777" w:rsidR="00276F5D" w:rsidRPr="00CA1C93" w:rsidRDefault="00276F5D" w:rsidP="00825EEA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:lang w:val="en-AE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00276F5D" w:rsidRPr="00CA1C93" w:rsidSect="00D700E9">
+    <w:sectPr w:rsidR="00276F5D" w:rsidRPr="00CA1C93" w:rsidSect="007804EE">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16860"/>
-      <w:pgMar w:top="1928" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1644" w:right="1440" w:bottom="1871" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="181774EB" w14:textId="77777777" w:rsidR="00FC3A05" w:rsidRDefault="00FC3A05" w:rsidP="004531A5">
+    <w:p w14:paraId="6E289FC1" w14:textId="77777777" w:rsidR="00E674ED" w:rsidRDefault="00E674ED" w:rsidP="004531A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5FD82712" w14:textId="77777777" w:rsidR="00FC3A05" w:rsidRDefault="00FC3A05" w:rsidP="004531A5">
+    <w:p w14:paraId="4C5362D0" w14:textId="77777777" w:rsidR="00E674ED" w:rsidRDefault="00E674ED" w:rsidP="004531A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6370,597 +2977,676 @@
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1E95224D" w14:textId="5A6DDA32" w:rsidR="00FB040A" w:rsidRDefault="00827F4B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="57F23EE3" w14:textId="37364052" w:rsidR="00140CD6" w:rsidRDefault="00140CD6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43589CCF" wp14:editId="7296CAA4">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="374E4A9A" wp14:editId="0DF5DAD3">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="628015" cy="345440"/>
               <wp:effectExtent l="0" t="0" r="635" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="583124883" name="Text Box 2" descr="Confidential">
+              <wp:docPr id="1595483551" name="Text Box 2" descr="Confidential">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="628015" cy="345440"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="2F047737" w14:textId="595E5883" w:rsidR="00827F4B" w:rsidRPr="00827F4B" w:rsidRDefault="00827F4B" w:rsidP="00827F4B">
+                        <w:p w14:paraId="04AD5206" w14:textId="08306EE6" w:rsidR="00140CD6" w:rsidRPr="00140CD6" w:rsidRDefault="00140CD6" w:rsidP="00140CD6">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:noProof/>
                               <w:color w:val="0000FF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00827F4B">
+                          <w:r w:rsidRPr="00140CD6">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:noProof/>
                               <w:color w:val="0000FF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Confidential</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="43589CCF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="374E4A9A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Confidential" style="position:absolute;margin-left:0;margin-top:0;width:49.45pt;height:27.2pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOuYeZCwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkSdEacYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0o2U62bqdhF5kmKX6897S877QiJ+F8A6ak00lOiTAcqsYcSvr9dfPp&#10;lhIfmKmYAiNKehae3q8+fli2thAzqEFVwhEsYnzR2pLWIdgiyzyvhWZ+AlYYDEpwmgX8dYescqzF&#10;6lplszy/yVpwlXXAhffofeyDdJXqSyl4eJbSi0BUSXG2kE6Xzn08s9WSFQfHbN3wYQz2D1No1hhs&#10;ein1yAIjR9f8UUo33IEHGSYcdAZSNlykHXCbaf5um13NrEi7IDjeXmDy/68sfzrt7IsjofsCHRIY&#10;AWmtLzw64z6ddDp+cVKCcYTwfIFNdIFwdN7MbvPpghKOoc/zxXyeYM2ul63z4asATaJRUoesJLDY&#10;aesDNsTUMSX2MrBplErMKPObAxOjJ7tOGK3Q7bth7D1UZ9zGQU+0t3zTYM8t8+GFOWQWF0C1hmc8&#10;pIK2pDBYlNTgfvzNH/MRcIxS0qJSSmpQypSobwaJiKIaDTca+2RM7/JFjnFz1A+A+pviU7A8meh1&#10;QY2mdKDfUMfr2AhDzHBsV9L9aD6EXrL4DrhYr1MS6seysDU7y2PpiFME8bV7Y84OSAek6AlGGbHi&#10;HeB9brzp7foYEPbERsS0B3KAGrWXSBreSRT3r/8p6/qaVz8BAAD//wMAUEsDBBQABgAIAAAAIQBE&#10;yLpf2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLGUbaCtNJzSJ0xDS&#10;Ni7cvMRrC41TNenWvT2GC1wsWf+vz5+L1ehbdaI+NoEN3E8yUMQ2uIYrA+/7l7sFqJiQHbaBycCF&#10;IqzK66sCcxfOvKXTLlVKIBxzNFCn1OVaR1uTxzgJHbFkx9B7TLL2lXY9ngXuWz3NskftsWG5UGNH&#10;65rs127wBh626XV44/3sY5xePjfd2s6OG2vM7c34/AQq0Zj+yvCjL+pQitMhDOyiag3II+l3SrZc&#10;LEEdhDufgy4L/d+9/AYAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDOuYeZCwIAABUEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBEyLpf2gAAAAMB&#10;AAAPAAAAAAAAAAAAAAAAAGUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="2F047737" w14:textId="595E5883" w:rsidR="00827F4B" w:rsidRPr="00827F4B" w:rsidRDefault="00827F4B" w:rsidP="00827F4B">
+                  <w:p w14:paraId="04AD5206" w14:textId="08306EE6" w:rsidR="00140CD6" w:rsidRPr="00140CD6" w:rsidRDefault="00140CD6" w:rsidP="00140CD6">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="0000FF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00827F4B">
+                    <w:r w:rsidRPr="00140CD6">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="0000FF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Confidential</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="06ECAB4C" w14:textId="2B77F4C1" w:rsidR="00FB040A" w:rsidRDefault="00DD72D9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="160C0185" w14:textId="7F6D7C3F" w:rsidR="00140CD6" w:rsidRPr="0048081E" w:rsidRDefault="00347560" w:rsidP="00A6645D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4513"/>
+        <w:tab w:val="clear" w:pos="9026"/>
+        <w:tab w:val="left" w:pos="2580"/>
+      </w:tabs>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="0048081E">
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="2"/>
-[...1 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33F54DB5" wp14:editId="4366AA85">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1055A3F0" wp14:editId="0A2823E8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-846647</wp:posOffset>
+            <wp:posOffset>-911860</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-702945</wp:posOffset>
+            <wp:posOffset>-676275</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7656830" cy="1468057"/>
-          <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+          <wp:extent cx="7627557" cy="1460384"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6985"/>
           <wp:wrapNone/>
-          <wp:docPr id="1505723444" name="Picture 1" descr="A close up of a text&#10;&#10;Description automatically generated"/>
+          <wp:docPr id="1829183355" name="Picture 2" descr="A close up of a text&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="806595126" name="Picture 1" descr="A close up of a text&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPr id="1447112688" name="Picture 2" descr="A close up of a text&#10;&#10;AI-generated content may be incorrect."/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7656830" cy="1468057"/>
+                    <a:ext cx="7627557" cy="1460384"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00827F4B">
+    <w:r w:rsidR="00140CD6" w:rsidRPr="0048081E">
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B021383" wp14:editId="358369F1">
-              <wp:simplePos x="914400" y="10086975"/>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59EC8D04" wp14:editId="0C0B17BC">
+              <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="628015" cy="345440"/>
               <wp:effectExtent l="0" t="0" r="635" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="612664182" name="Text Box 3" descr="Confidential">
+              <wp:docPr id="1320590683" name="Text Box 3" descr="Confidential">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="628015" cy="345440"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="739A1332" w14:textId="78DF65F6" w:rsidR="00827F4B" w:rsidRPr="00827F4B" w:rsidRDefault="00827F4B" w:rsidP="00827F4B">
+                        <w:p w14:paraId="201057E7" w14:textId="2E09008D" w:rsidR="00140CD6" w:rsidRPr="00140CD6" w:rsidRDefault="00140CD6" w:rsidP="00140CD6">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:noProof/>
                               <w:color w:val="0000FF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00827F4B">
+                          <w:r w:rsidRPr="00140CD6">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:noProof/>
                               <w:color w:val="0000FF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Confidential</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5B021383" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="59EC8D04" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Confidential" style="position:absolute;margin-left:0;margin-top:0;width:49.45pt;height:27.2pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBo/jMCDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0hgUHURoWKtmCah&#10;thKd+mwcm0SKfdbZkLC/fmdDoOv2NO3Fudyd78f3fZ7f9aZlB4W+AVvy8SjnTFkJVWN3Jf/xsvp0&#10;y5kPwlaiBatKflSe3y0+fph3rlATqKGtFDIqYn3RuZLXIbgiy7yslRF+BE5ZCmpAIwL94i6rUHRU&#10;3bTZJM9vsg6wcghSeU/eh1OQL1J9rZUMT1p7FVhbcpotpBPTuY1ntpiLYofC1Y08jyH+YQojGktN&#10;L6UeRBBsj80fpUwjETzoMJJgMtC6kSrtQNuM83fbbGrhVNqFwPHuApP/f2Xl42HjnpGF/iv0RGAE&#10;pHO+8OSM+/QaTfzSpIziBOHxApvqA5PkvJnc5uMZZ5JCn6ez6TTBml0vO/ThmwLDolFyJFYSWOKw&#10;9oEaUuqQEntZWDVtm5hp7W8OSoye7DphtEK/7VlTvZl+C9WRlkI48e2dXDXUei18eBZIBNMeJNrw&#10;RIduoSs5nC3OasCff/PHfMKdopx1JJiSW1I0Z+13S3xEbQ0GDsY2GeMv+SynuN2beyAZjulFOJlM&#10;8mJoB1MjmFeS8zI2opCwktqVfDuY9+GkXHoOUi2XKYlk5ERY242TsXSEK2L50r8KdGfAAzH1CIOa&#10;RPEO91NuvOndch8I/URKhPYE5BlxkmDi6vxcosbf/qes66Ne/AIAAP//AwBQSwMEFAAGAAgAAAAh&#10;AETIul/aAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sZRtoK00nNInT&#10;ENI2Lty8xGsLjVM16da9PYYLXCxZ/6/Pn4vV6Ft1oj42gQ3cTzJQxDa4hisD7/uXuwWomJAdtoHJ&#10;wIUirMrrqwJzF868pdMuVUogHHM0UKfU5VpHW5PHOAkdsWTH0HtMsvaVdj2eBe5bPc2yR+2xYblQ&#10;Y0frmuzXbvAGHrbpdXjj/exjnF4+N93azo4ba8ztzfj8BCrRmP7K8KMv6lCK0yEM7KJqDcgj6XdK&#10;tlwsQR2EO5+DLgv93738BgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGj+MwINAgAAHAQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAETIul/aAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Confidential" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:49.45pt;height:27.2pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBo/jMCDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0hgUHURoWKtmCah&#10;thKd+mwcm0SKfdbZkLC/fmdDoOv2NO3Fudyd78f3fZ7f9aZlB4W+AVvy8SjnTFkJVWN3Jf/xsvp0&#10;y5kPwlaiBatKflSe3y0+fph3rlATqKGtFDIqYn3RuZLXIbgiy7yslRF+BE5ZCmpAIwL94i6rUHRU&#10;3bTZJM9vsg6wcghSeU/eh1OQL1J9rZUMT1p7FVhbcpotpBPTuY1ntpiLYofC1Y08jyH+YQojGktN&#10;L6UeRBBsj80fpUwjETzoMJJgMtC6kSrtQNuM83fbbGrhVNqFwPHuApP/f2Xl42HjnpGF/iv0RGAE&#10;pHO+8OSM+/QaTfzSpIziBOHxApvqA5PkvJnc5uMZZ5JCn6ez6TTBml0vO/ThmwLDolFyJFYSWOKw&#10;9oEaUuqQEntZWDVtm5hp7W8OSoye7DphtEK/7VlTvZl+C9WRlkI48e2dXDXUei18eBZIBNMeJNrw&#10;RIduoSs5nC3OasCff/PHfMKdopx1JJiSW1I0Z+13S3xEbQ0GDsY2GeMv+SynuN2beyAZjulFOJlM&#10;8mJoB1MjmFeS8zI2opCwktqVfDuY9+GkXHoOUi2XKYlk5ERY242TsXSEK2L50r8KdGfAAzH1CIOa&#10;RPEO91NuvOndch8I/URKhPYE5BlxkmDi6vxcosbf/qes66Ne/AIAAP//AwBQSwMEFAAGAAgAAAAh&#10;AETIul/aAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sZRtoK00nNInT&#10;ENI2Lty8xGsLjVM16da9PYYLXCxZ/6/Pn4vV6Ft1oj42gQ3cTzJQxDa4hisD7/uXuwWomJAdtoHJ&#10;wIUirMrrqwJzF868pdMuVUogHHM0UKfU5VpHW5PHOAkdsWTH0HtMsvaVdj2eBe5bPc2yR+2xYblQ&#10;Y0frmuzXbvAGHrbpdXjj/exjnF4+N93azo4ba8ztzfj8BCrRmP7K8KMv6lCK0yEM7KJqDcgj6XdK&#10;tlwsQR2EO5+DLgv93738BgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGj+MwINAgAAHAQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAETIul/aAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="739A1332" w14:textId="78DF65F6" w:rsidR="00827F4B" w:rsidRPr="00827F4B" w:rsidRDefault="00827F4B" w:rsidP="00827F4B">
+                  <w:p w14:paraId="201057E7" w14:textId="2E09008D" w:rsidR="00140CD6" w:rsidRPr="00140CD6" w:rsidRDefault="00140CD6" w:rsidP="00140CD6">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="0000FF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00827F4B">
+                    <w:r w:rsidRPr="00140CD6">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="0000FF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Confidential</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
+    <w:r w:rsidR="0048081E">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                             </w:t>
+    </w:r>
+    <w:r w:rsidR="0048081E" w:rsidRPr="0048081E">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Version2</w:t>
+    </w:r>
+    <w:r w:rsidR="00C639DA" w:rsidRPr="0048081E">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="3976AE79" w14:textId="32EB99CE" w:rsidR="00FB040A" w:rsidRDefault="00827F4B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="131C5FE7" w14:textId="14A9B48A" w:rsidR="00140CD6" w:rsidRDefault="00140CD6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13783B3F" wp14:editId="45F37D46">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D7FD68B" wp14:editId="6292FF35">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="628015" cy="345440"/>
               <wp:effectExtent l="0" t="0" r="635" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="393446985" name="Text Box 1" descr="Confidential">
+              <wp:docPr id="734380995" name="Text Box 1" descr="Confidential">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="628015" cy="345440"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="4E0B819A" w14:textId="2A77D61A" w:rsidR="00827F4B" w:rsidRPr="00827F4B" w:rsidRDefault="00827F4B" w:rsidP="00827F4B">
+                        <w:p w14:paraId="4500C579" w14:textId="49A48873" w:rsidR="00140CD6" w:rsidRPr="00140CD6" w:rsidRDefault="00140CD6" w:rsidP="00140CD6">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:noProof/>
                               <w:color w:val="0000FF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00827F4B">
+                          <w:r w:rsidRPr="00140CD6">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:noProof/>
                               <w:color w:val="0000FF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Confidential</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="13783B3F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="4D7FD68B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="Confidential" style="position:absolute;margin-left:0;margin-top:0;width:49.45pt;height:27.2pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfP+REDwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0hgULURoWKtmCah&#10;thKd+mwcm0RyfNbZkLC/fmdDYOv2NO3Fudyd78f3fZ7f961hB4W+AVvy8SjnTFkJVWN3Jf/+uvp0&#10;y5kPwlbCgFUlPyrP7xcfP8w7V6gJ1GAqhYyKWF90ruR1CK7IMi9r1Qo/AqcsBTVgKwL94i6rUHRU&#10;vTXZJM9vsg6wcghSeU/ex1OQL1J9rZUMz1p7FZgpOc0W0onp3MYzW8xFsUPh6kaexxD/MEUrGktN&#10;L6UeRRBsj80fpdpGInjQYSShzUDrRqq0A20zzt9ts6mFU2kXAse7C0z+/5WVT4eNe0EW+i/QE4ER&#10;kM75wpMz7tNrbOOXJmUUJwiPF9hUH5gk583kNh/POJMU+jydTacJ1ux62aEPXxW0LBolR2IlgSUO&#10;ax+oIaUOKbGXhVVjTGLG2N8clBg92XXCaIV+27OmKvlkmH4L1ZGWQjjx7Z1cNdR6LXx4EUgE0x4k&#10;2vBMhzbQlRzOFmc14I+/+WM+4U5RzjoSTMktKZoz880SH1Fbg4GDsU3G+C6f5RS3+/YBSIZjehFO&#10;JpO8GMxgaoT2jeS8jI0oJKykdiXfDuZDOCmXnoNUy2VKIhk5EdZ242QsHeGKWL72bwLdGfBATD3B&#10;oCZRvMP9lBtverfcB0I/kRKhPQF5RpwkmLg6P5eo8V//U9b1US9+AgAA//8DAFBLAwQUAAYACAAA&#10;ACEARMi6X9oAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixlG2grTSc0&#10;idMQ0jYu3LzEawuNUzXp1r09hgtcLFn/r8+fi9XoW3WiPjaBDdxPMlDENriGKwPv+5e7BaiYkB22&#10;gcnAhSKsyuurAnMXzryl0y5VSiAcczRQp9TlWkdbk8c4CR2xZMfQe0yy9pV2PZ4F7ls9zbJH7bFh&#10;uVBjR+ua7Ndu8AYetul1eOP97GOcXj433drOjhtrzO3N+PwEKtGY/srwoy/qUIrTIQzsomoNyCPp&#10;d0q2XCxBHYQ7n4MuC/3fvfwGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3z/kRA8CAAAc&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEARMi6X9oA&#10;AAADAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="4E0B819A" w14:textId="2A77D61A" w:rsidR="00827F4B" w:rsidRPr="00827F4B" w:rsidRDefault="00827F4B" w:rsidP="00827F4B">
+                  <w:p w14:paraId="4500C579" w14:textId="49A48873" w:rsidR="00140CD6" w:rsidRPr="00140CD6" w:rsidRDefault="00140CD6" w:rsidP="00140CD6">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="0000FF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00827F4B">
+                    <w:r w:rsidRPr="00140CD6">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="0000FF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Confidential</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B09B007" w14:textId="77777777" w:rsidR="00FC3A05" w:rsidRDefault="00FC3A05" w:rsidP="004531A5">
+    <w:p w14:paraId="735E21A4" w14:textId="77777777" w:rsidR="00E674ED" w:rsidRDefault="00E674ED" w:rsidP="004531A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B28C0B7" w14:textId="77777777" w:rsidR="00FC3A05" w:rsidRDefault="00FC3A05" w:rsidP="004531A5">
+    <w:p w14:paraId="3E441644" w14:textId="77777777" w:rsidR="00E674ED" w:rsidRDefault="00E674ED" w:rsidP="004531A5">
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="217CF0D5" w14:textId="3E739F1E" w:rsidR="00832CC8" w:rsidRDefault="00832CC8" w:rsidP="0096131E">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263F7C">
+        <w:rPr>
+          <w:lang w:val="en-AE"/>
+        </w:rPr>
+        <w:t>For Recognised Bodies, Multilateral Trading Facilities, Organised Trading Facilities, Digital Settlement Facilities, and venue-linked Custodians, these reporting templates are intended solely for the reporting of cyber incidents after they become aware or has information which reasonably suggests that a material Cyber Incident has occurred. Recognised Bodies, Multilateral Trading Facilities, Organised Trading Facilities, Digital Settlement Facilities, and venue-linked Custodians</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553079">
+        <w:rPr>
+          <w:lang w:val="en-AE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263F7C">
+        <w:rPr>
+          <w:lang w:val="en-AE"/>
+        </w:rPr>
+        <w:t>are not required to report IT incidents under this procedure. Only incidents that qualify as cyber incidents, as defined within GEN 3.5.18, fall within the reporting scope</w:t>
+      </w:r>
+      <w:r w:rsidR="0038021F">
+        <w:rPr>
+          <w:lang w:val="en-AE"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="2715A4BA" w14:textId="10E5FE01" w:rsidR="00317087" w:rsidRDefault="00144610">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3094B44D" w14:textId="398BF021" w:rsidR="00A629F0" w:rsidRDefault="00A629F0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="2"/>
-[...1 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="624E2741" wp14:editId="614F69D4">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4887F948" wp14:editId="23393F87">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-728435</wp:posOffset>
+            <wp:posOffset>-866775</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-581025</wp:posOffset>
+            <wp:posOffset>-533400</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7531100" cy="1447758"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="7659370" cy="1466475"/>
+          <wp:effectExtent l="0" t="0" r="0" b="635"/>
           <wp:wrapNone/>
-          <wp:docPr id="2123069250" name="Picture 2123069250" descr="A black background with a black square&#10;&#10;Description automatically generated with medium confidence"/>
+          <wp:docPr id="775202866" name="Picture 1" descr="A white background with black dots&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="86771066" name="Picture 86771066" descr="A black background with a black square&#10;&#10;Description automatically generated with medium confidence"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="2071903710" name="Picture 1" descr="A white background with black dots&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7531100" cy="1447758"/>
+                    <a:ext cx="7659370" cy="1466475"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E4B0278"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE00CED6"/>
     <w:lvl w:ilvl="0" w:tplc="DAE40680">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7211,63 +3897,61 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72B547ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D29C202E"/>
-    <w:lvl w:ilvl="0" w:tplc="E518680C">
+    <w:tmpl w:val="0E4CE062"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -7523,372 +4207,386 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="891968438">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1788114234">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="195774164">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="211386351">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1258515033">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1321039693">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="cYCWS4F/1jk0k7xqKy2S8XjtE8FxoJ11juOW99nzH2jqxlZ1Dey8okxc1v9t0K0uWUoBis7U3NWlyEht7K5kMQ==" w:salt="0v3eHPO0pE/yM/rD8eAMhQ=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="4wkGd/TKvURxB1V5V2NdbmLDmurchCou/XoVrdLWD/WX2A1E5m07DYyy5VXO7CmDqKC644p30mmw+Oek8/7i2g==" w:salt="K0skHgtq+NXg5j2uQd6iMw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2sTA1tzQ1tDSxNDExsDRR0lEKTi0uzszPAykwqgUAcp0xzCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="003940A6"/>
     <w:rsid w:val="0001134B"/>
-    <w:rsid w:val="00022F48"/>
     <w:rsid w:val="00025D4A"/>
-    <w:rsid w:val="0003286F"/>
-    <w:rsid w:val="00041402"/>
     <w:rsid w:val="00045ED2"/>
     <w:rsid w:val="0007001A"/>
     <w:rsid w:val="00080D4F"/>
     <w:rsid w:val="000837EA"/>
     <w:rsid w:val="00084F9F"/>
     <w:rsid w:val="000860FB"/>
     <w:rsid w:val="000A28A3"/>
+    <w:rsid w:val="000A3080"/>
     <w:rsid w:val="000A74B1"/>
     <w:rsid w:val="000B23EB"/>
     <w:rsid w:val="000B7AFD"/>
     <w:rsid w:val="000C59E9"/>
     <w:rsid w:val="000D78DF"/>
     <w:rsid w:val="000E04F6"/>
-    <w:rsid w:val="0010203C"/>
+    <w:rsid w:val="000F4C57"/>
     <w:rsid w:val="001055E3"/>
-    <w:rsid w:val="00144610"/>
-    <w:rsid w:val="00147457"/>
+    <w:rsid w:val="001255BB"/>
+    <w:rsid w:val="00140CD6"/>
     <w:rsid w:val="0014767C"/>
+    <w:rsid w:val="00153418"/>
     <w:rsid w:val="0016163A"/>
     <w:rsid w:val="00180657"/>
     <w:rsid w:val="00180BF0"/>
     <w:rsid w:val="0018283C"/>
     <w:rsid w:val="001913C1"/>
     <w:rsid w:val="0019681B"/>
+    <w:rsid w:val="001A152F"/>
     <w:rsid w:val="001A413E"/>
     <w:rsid w:val="001B2DF7"/>
     <w:rsid w:val="001C390D"/>
     <w:rsid w:val="001D101A"/>
     <w:rsid w:val="001E2FB0"/>
     <w:rsid w:val="002108C1"/>
+    <w:rsid w:val="0021709E"/>
     <w:rsid w:val="00232DCC"/>
-    <w:rsid w:val="0024513A"/>
     <w:rsid w:val="002513E8"/>
     <w:rsid w:val="00257725"/>
-    <w:rsid w:val="00270A63"/>
     <w:rsid w:val="00276F5D"/>
     <w:rsid w:val="00287847"/>
     <w:rsid w:val="00290BEF"/>
     <w:rsid w:val="00291366"/>
     <w:rsid w:val="0029190E"/>
     <w:rsid w:val="002A20BE"/>
     <w:rsid w:val="002A4B7D"/>
     <w:rsid w:val="002B0590"/>
     <w:rsid w:val="002C3BC8"/>
-    <w:rsid w:val="002C4C88"/>
     <w:rsid w:val="002D284B"/>
     <w:rsid w:val="002D63AB"/>
-    <w:rsid w:val="002E1BCE"/>
     <w:rsid w:val="002E2389"/>
     <w:rsid w:val="00313292"/>
-    <w:rsid w:val="003156EB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003379F2"/>
+    <w:rsid w:val="00332636"/>
     <w:rsid w:val="00341E92"/>
+    <w:rsid w:val="00347560"/>
     <w:rsid w:val="00347E8E"/>
     <w:rsid w:val="00374E14"/>
+    <w:rsid w:val="003751FD"/>
     <w:rsid w:val="003755FB"/>
+    <w:rsid w:val="003762F8"/>
+    <w:rsid w:val="0038021F"/>
     <w:rsid w:val="00380E94"/>
     <w:rsid w:val="00386117"/>
     <w:rsid w:val="00386178"/>
     <w:rsid w:val="003940A6"/>
-    <w:rsid w:val="003A5D19"/>
     <w:rsid w:val="003B7004"/>
     <w:rsid w:val="003C6EEC"/>
     <w:rsid w:val="003C74D6"/>
     <w:rsid w:val="003E0209"/>
+    <w:rsid w:val="003F3276"/>
+    <w:rsid w:val="00405063"/>
     <w:rsid w:val="004263FE"/>
     <w:rsid w:val="0043156D"/>
+    <w:rsid w:val="00451DBF"/>
     <w:rsid w:val="004531A5"/>
-    <w:rsid w:val="004565C0"/>
     <w:rsid w:val="00457054"/>
+    <w:rsid w:val="004633B2"/>
+    <w:rsid w:val="0047261E"/>
+    <w:rsid w:val="0048081E"/>
+    <w:rsid w:val="00481B9F"/>
     <w:rsid w:val="004A0A69"/>
+    <w:rsid w:val="004A14DD"/>
     <w:rsid w:val="004A1825"/>
+    <w:rsid w:val="004A6D4E"/>
+    <w:rsid w:val="004B469F"/>
     <w:rsid w:val="004C1E8F"/>
-    <w:rsid w:val="004C3FD8"/>
+    <w:rsid w:val="004D745B"/>
     <w:rsid w:val="00503490"/>
     <w:rsid w:val="0053246F"/>
     <w:rsid w:val="005370A9"/>
     <w:rsid w:val="0055063E"/>
     <w:rsid w:val="00552941"/>
     <w:rsid w:val="00560BAD"/>
     <w:rsid w:val="00583467"/>
+    <w:rsid w:val="005A154C"/>
     <w:rsid w:val="005A7AC2"/>
     <w:rsid w:val="005C2E40"/>
     <w:rsid w:val="005C4735"/>
     <w:rsid w:val="005D1F38"/>
     <w:rsid w:val="005F3471"/>
-    <w:rsid w:val="00601DF5"/>
     <w:rsid w:val="0061204D"/>
     <w:rsid w:val="0062245C"/>
     <w:rsid w:val="0062474D"/>
     <w:rsid w:val="006512DD"/>
+    <w:rsid w:val="00676AA0"/>
     <w:rsid w:val="00683C60"/>
     <w:rsid w:val="006856A9"/>
     <w:rsid w:val="00686766"/>
     <w:rsid w:val="00697E7F"/>
     <w:rsid w:val="006A38DB"/>
-    <w:rsid w:val="006B6359"/>
+    <w:rsid w:val="006B26DA"/>
+    <w:rsid w:val="006B7EED"/>
     <w:rsid w:val="006C3AAF"/>
     <w:rsid w:val="006C460D"/>
     <w:rsid w:val="006C65DE"/>
-    <w:rsid w:val="006F23BF"/>
-    <w:rsid w:val="006F3896"/>
+    <w:rsid w:val="006F2761"/>
     <w:rsid w:val="00706ACA"/>
+    <w:rsid w:val="00715A93"/>
     <w:rsid w:val="00717D5B"/>
     <w:rsid w:val="00723989"/>
+    <w:rsid w:val="00724998"/>
     <w:rsid w:val="007252AF"/>
     <w:rsid w:val="0073649B"/>
     <w:rsid w:val="007439BE"/>
     <w:rsid w:val="00755F87"/>
     <w:rsid w:val="007657EF"/>
     <w:rsid w:val="007677F1"/>
     <w:rsid w:val="00776B08"/>
-    <w:rsid w:val="007A512E"/>
+    <w:rsid w:val="007804EE"/>
+    <w:rsid w:val="007A2623"/>
     <w:rsid w:val="007C4340"/>
+    <w:rsid w:val="007D1765"/>
     <w:rsid w:val="007E2C91"/>
     <w:rsid w:val="007F3365"/>
     <w:rsid w:val="007F44B0"/>
-    <w:rsid w:val="0080310B"/>
-    <w:rsid w:val="0081647B"/>
     <w:rsid w:val="008239F8"/>
     <w:rsid w:val="00825EEA"/>
-    <w:rsid w:val="00827F4B"/>
+    <w:rsid w:val="00832CC8"/>
     <w:rsid w:val="008408D9"/>
     <w:rsid w:val="008432D9"/>
+    <w:rsid w:val="00852C39"/>
+    <w:rsid w:val="00862E2C"/>
     <w:rsid w:val="008758BA"/>
     <w:rsid w:val="0088473E"/>
     <w:rsid w:val="00886AE1"/>
     <w:rsid w:val="008A3249"/>
-    <w:rsid w:val="008A3E35"/>
     <w:rsid w:val="008A5768"/>
     <w:rsid w:val="008A7C33"/>
     <w:rsid w:val="008F40AF"/>
-    <w:rsid w:val="009169E8"/>
-    <w:rsid w:val="00922815"/>
     <w:rsid w:val="00927DD3"/>
+    <w:rsid w:val="00931322"/>
     <w:rsid w:val="009404B1"/>
     <w:rsid w:val="00947328"/>
     <w:rsid w:val="00951551"/>
+    <w:rsid w:val="0096131E"/>
     <w:rsid w:val="0096794F"/>
+    <w:rsid w:val="00973916"/>
+    <w:rsid w:val="00977D1C"/>
     <w:rsid w:val="00986CA4"/>
-    <w:rsid w:val="009A0162"/>
     <w:rsid w:val="009A455C"/>
+    <w:rsid w:val="009A65C8"/>
     <w:rsid w:val="009A7E96"/>
+    <w:rsid w:val="009D08B2"/>
     <w:rsid w:val="009E2C6F"/>
     <w:rsid w:val="009E35B8"/>
-    <w:rsid w:val="009F3C20"/>
-    <w:rsid w:val="00A0767E"/>
     <w:rsid w:val="00A13A53"/>
     <w:rsid w:val="00A14D38"/>
+    <w:rsid w:val="00A204D3"/>
     <w:rsid w:val="00A26AFF"/>
     <w:rsid w:val="00A50854"/>
+    <w:rsid w:val="00A629F0"/>
+    <w:rsid w:val="00A6645D"/>
     <w:rsid w:val="00A83FE2"/>
     <w:rsid w:val="00A85D67"/>
     <w:rsid w:val="00AA2937"/>
     <w:rsid w:val="00AA3056"/>
     <w:rsid w:val="00AB1C33"/>
     <w:rsid w:val="00AD7E8D"/>
     <w:rsid w:val="00AE1603"/>
     <w:rsid w:val="00AE622D"/>
     <w:rsid w:val="00AF17A0"/>
     <w:rsid w:val="00AF335B"/>
     <w:rsid w:val="00B15E31"/>
     <w:rsid w:val="00B27FF7"/>
     <w:rsid w:val="00B303A1"/>
-    <w:rsid w:val="00B50E5E"/>
     <w:rsid w:val="00B537D8"/>
     <w:rsid w:val="00B55B2C"/>
     <w:rsid w:val="00B60CDF"/>
+    <w:rsid w:val="00B62554"/>
     <w:rsid w:val="00B77817"/>
     <w:rsid w:val="00B80F12"/>
+    <w:rsid w:val="00B8247A"/>
     <w:rsid w:val="00B831E4"/>
     <w:rsid w:val="00B8440C"/>
     <w:rsid w:val="00B857AD"/>
     <w:rsid w:val="00B87840"/>
     <w:rsid w:val="00B923BE"/>
     <w:rsid w:val="00BA143E"/>
+    <w:rsid w:val="00BA4FC2"/>
     <w:rsid w:val="00BA7265"/>
     <w:rsid w:val="00BB10F1"/>
+    <w:rsid w:val="00BD0368"/>
     <w:rsid w:val="00BE0B6A"/>
     <w:rsid w:val="00BE406D"/>
     <w:rsid w:val="00BF02AB"/>
     <w:rsid w:val="00C02325"/>
     <w:rsid w:val="00C14097"/>
-    <w:rsid w:val="00C1489A"/>
     <w:rsid w:val="00C324FE"/>
     <w:rsid w:val="00C5097F"/>
     <w:rsid w:val="00C55AFB"/>
     <w:rsid w:val="00C602B0"/>
+    <w:rsid w:val="00C639DA"/>
+    <w:rsid w:val="00C7316B"/>
     <w:rsid w:val="00C74E59"/>
     <w:rsid w:val="00C7506D"/>
-    <w:rsid w:val="00C867FC"/>
     <w:rsid w:val="00C9220E"/>
     <w:rsid w:val="00C923AD"/>
     <w:rsid w:val="00CA1C93"/>
     <w:rsid w:val="00CA7752"/>
     <w:rsid w:val="00CA7E0C"/>
     <w:rsid w:val="00CC3E41"/>
     <w:rsid w:val="00CC493B"/>
     <w:rsid w:val="00CD1B30"/>
     <w:rsid w:val="00CD3E1E"/>
     <w:rsid w:val="00CE4667"/>
     <w:rsid w:val="00D003F2"/>
-    <w:rsid w:val="00D1531D"/>
     <w:rsid w:val="00D15CF2"/>
     <w:rsid w:val="00D45E4F"/>
     <w:rsid w:val="00D50C81"/>
-    <w:rsid w:val="00D700E9"/>
     <w:rsid w:val="00D74BCA"/>
     <w:rsid w:val="00D8202A"/>
     <w:rsid w:val="00D90787"/>
-    <w:rsid w:val="00D90FC0"/>
     <w:rsid w:val="00DA648A"/>
     <w:rsid w:val="00DD51EC"/>
-    <w:rsid w:val="00DD72D9"/>
     <w:rsid w:val="00DE1339"/>
-    <w:rsid w:val="00DF2494"/>
     <w:rsid w:val="00DF3E9B"/>
     <w:rsid w:val="00DF400A"/>
     <w:rsid w:val="00E149E9"/>
-    <w:rsid w:val="00E17240"/>
+    <w:rsid w:val="00E22462"/>
+    <w:rsid w:val="00E24F1E"/>
     <w:rsid w:val="00E32AA5"/>
     <w:rsid w:val="00E33C19"/>
-    <w:rsid w:val="00E4395D"/>
     <w:rsid w:val="00E62AC6"/>
-    <w:rsid w:val="00E658C2"/>
+    <w:rsid w:val="00E674ED"/>
     <w:rsid w:val="00E73947"/>
     <w:rsid w:val="00EA450F"/>
     <w:rsid w:val="00EC3A38"/>
     <w:rsid w:val="00ED5BA5"/>
     <w:rsid w:val="00EE36CE"/>
-    <w:rsid w:val="00EE5AD9"/>
     <w:rsid w:val="00EF5BD5"/>
-    <w:rsid w:val="00F10616"/>
-    <w:rsid w:val="00F26EB4"/>
+    <w:rsid w:val="00F023E7"/>
     <w:rsid w:val="00F31F2B"/>
     <w:rsid w:val="00F3448C"/>
     <w:rsid w:val="00F375D1"/>
     <w:rsid w:val="00F45131"/>
+    <w:rsid w:val="00F6619D"/>
     <w:rsid w:val="00F677C2"/>
     <w:rsid w:val="00F709E6"/>
+    <w:rsid w:val="00F75C3B"/>
     <w:rsid w:val="00F76342"/>
     <w:rsid w:val="00F817B1"/>
+    <w:rsid w:val="00F83716"/>
     <w:rsid w:val="00F94674"/>
-    <w:rsid w:val="00FB040A"/>
-    <w:rsid w:val="00FB56F3"/>
+    <w:rsid w:val="00FA78B8"/>
     <w:rsid w:val="00FC0BED"/>
     <w:rsid w:val="00FC3A05"/>
-    <w:rsid w:val="00FC4563"/>
     <w:rsid w:val="00FC70B6"/>
+    <w:rsid w:val="00FC781A"/>
+    <w:rsid w:val="00FE0E2B"/>
     <w:rsid w:val="00FF5DD1"/>
     <w:rsid w:val="00FF5E0C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1339B74B"/>
   <w15:docId w15:val="{B872891B-B477-4A08-A8AB-928164647CEE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8609,107 +5307,134 @@
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-GB"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FB040A"/>
+    <w:rsid w:val="00140CD6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FB040A"/>
+    <w:rsid w:val="00140CD6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00832CC8"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00832CC8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006F3896"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00832CC8"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00317087"/>
+    <w:rsid w:val="004A14DD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00317087"/>
+    <w:rsid w:val="004A14DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="677198123">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1075905291">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8732,51 +5457,51 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9038,114 +5763,114 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE81D028-8BE8-49E0-A900-2BE80AFE9A65}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4554</Characters>
+  <Pages>4</Pages>
+  <Words>762</Words>
+  <Characters>4231</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>10</Paragraphs>
+  <DocSecurity>12</DocSecurity>
+  <Lines>201</Lines>
+  <Paragraphs>86</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Abu Dhabi Global Market</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5342</CharactersWithSpaces>
+  <CharactersWithSpaces>4907</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>XXX</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-09-04T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2024-01-01T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterShapeIds">
-    <vt:lpwstr>17738649,22c1c793,24848376</vt:lpwstr>
+    <vt:lpwstr>2bc5c3c3,5f19259f,4eb69d5b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingFooterFontProps">
     <vt:lpwstr>#0000ff,10,Calibri</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ClassificationContentMarkingFooterText">
     <vt:lpwstr>Confidential</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_SetDate">
-    <vt:lpwstr>2024-12-09T07:55:32Z</vt:lpwstr>
+    <vt:lpwstr>2024-12-09T08:26:39Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_Method">
-    <vt:lpwstr>Privileged</vt:lpwstr>
+    <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_Name">
     <vt:lpwstr>Internal Information</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_SiteId">
     <vt:lpwstr>27987bdd-43e0-44bf-95a3-94937a2498d4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_ActionId">
-    <vt:lpwstr>410a1dda-a704-4864-8bbf-b9e2bb817b7a</vt:lpwstr>
+    <vt:lpwstr>9336a94a-f7a1-407a-8a8b-dffaf2825044</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_ff56cc6b-8e91-4f6b-ad73-14cd611c8a06_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
 </Properties>
 </file>